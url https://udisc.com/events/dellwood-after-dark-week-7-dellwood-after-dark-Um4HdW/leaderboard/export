--- v0 (2025-12-16)
+++ v1 (2026-01-28)
@@ -10539,50 +10539,53 @@
         <v>4</v>
       </c>
       <c r="AD109">
         <v>3</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="str">
         <v>Purple</v>
       </c>
       <c r="B110" t="str">
         <v>T12</v>
       </c>
       <c r="C110">
         <v>12</v>
       </c>
       <c r="D110" t="str">
         <v>Heather Hantelman</v>
       </c>
       <c r="E110">
         <v>11</v>
       </c>
       <c r="F110">
         <v>71</v>
       </c>
+      <c r="G110">
+        <v>314086</v>
+      </c>
       <c r="H110" t="str">
         <v>hhantelman</v>
       </c>
       <c r="I110">
         <v>11</v>
       </c>
       <c r="J110">
         <v>71</v>
       </c>
       <c r="K110">
         <v>4</v>
       </c>
       <c r="L110">
         <v>4</v>
       </c>
       <c r="M110">
         <v>4</v>
       </c>
       <c r="N110">
         <v>2</v>
       </c>
       <c r="O110">
         <v>4</v>
       </c>
       <c r="P110">