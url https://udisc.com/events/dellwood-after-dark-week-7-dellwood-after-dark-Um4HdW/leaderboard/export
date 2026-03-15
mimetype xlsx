--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -10450,50 +10450,53 @@
         <v>4</v>
       </c>
       <c r="AD108">
         <v>3</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="str">
         <v>Purple</v>
       </c>
       <c r="B109" t="str">
         <v>11</v>
       </c>
       <c r="C109">
         <v>11</v>
       </c>
       <c r="D109" t="str">
         <v>Ethan Adelsman</v>
       </c>
       <c r="E109">
         <v>8</v>
       </c>
       <c r="F109">
         <v>68</v>
       </c>
+      <c r="G109">
+        <v>323579</v>
+      </c>
       <c r="H109" t="str">
         <v>ediscy</v>
       </c>
       <c r="I109">
         <v>8</v>
       </c>
       <c r="J109">
         <v>68</v>
       </c>
       <c r="K109">
         <v>4</v>
       </c>
       <c r="L109">
         <v>2</v>
       </c>
       <c r="M109">
         <v>3</v>
       </c>
       <c r="N109">
         <v>4</v>
       </c>
       <c r="O109">
         <v>4</v>
       </c>
       <c r="P109">