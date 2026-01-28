--- v0 (2025-12-16)
+++ v1 (2026-01-28)
@@ -2511,50 +2511,53 @@
         <v>2</v>
       </c>
       <c r="AD22">
         <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>White</v>
       </c>
       <c r="B23" t="str">
         <v>12</v>
       </c>
       <c r="C23">
         <v>12</v>
       </c>
       <c r="D23" t="str">
         <v>Ted DiMayo</v>
       </c>
       <c r="E23">
         <v>63</v>
       </c>
       <c r="F23">
         <v>123</v>
       </c>
+      <c r="G23">
+        <v>241950</v>
+      </c>
       <c r="H23" t="str">
         <v>glowdaddy</v>
       </c>
       <c r="I23">
         <v>63</v>
       </c>
       <c r="J23">
         <v>123</v>
       </c>
       <c r="K23">
         <v>7</v>
       </c>
       <c r="L23">
         <v>7</v>
       </c>
       <c r="M23">
         <v>7</v>
       </c>
       <c r="N23">
         <v>7</v>
       </c>
       <c r="O23">
         <v>4</v>
       </c>
       <c r="P23">
@@ -6380,50 +6383,53 @@
       <c r="AC64">
         <v>6</v>
       </c>
       <c r="AD64">
         <v>3</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="str">
         <v>Purple</v>
       </c>
       <c r="B65" t="str">
         <v>11</v>
       </c>
       <c r="C65">
         <v>11</v>
       </c>
       <c r="D65" t="str">
         <v>Heather Hantelman</v>
       </c>
       <c r="E65">
         <v>27</v>
       </c>
       <c r="F65">
         <v>87</v>
+      </c>
+      <c r="G65">
+        <v>314086</v>
       </c>
       <c r="H65" t="str">
         <v>hhantelman</v>
       </c>
       <c r="I65">
         <v>27</v>
       </c>
       <c r="J65">
         <v>87</v>
       </c>
       <c r="K65">
         <v>4</v>
       </c>
       <c r="L65">
         <v>4</v>
       </c>
       <c r="M65">
         <v>5</v>
       </c>
       <c r="N65">
         <v>4</v>
       </c>
       <c r="O65">
         <v>5</v>
       </c>