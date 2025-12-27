--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -536,203 +536,203 @@
       </c>
       <c r="W1" t="str">
         <v>hole_11</v>
       </c>
       <c r="X1" t="str">
         <v>hole_12</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_13</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_14</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Open</v>
       </c>
       <c r="B2" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Cole Dyson</v>
+        <v>Phil Powers</v>
       </c>
       <c r="E2">
         <v>-1</v>
       </c>
       <c r="F2">
         <v>53</v>
       </c>
-      <c r="G2">
-[...1 lines deleted...]
-      </c>
       <c r="H2" t="str">
-        <v>colehdyson</v>
+        <v>philpowers</v>
       </c>
       <c r="I2">
         <v>-1</v>
       </c>
       <c r="J2">
         <v>53</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Open</v>
       </c>
       <c r="B3" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="C3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Phil Powers</v>
+        <v>Cole Dyson</v>
       </c>
       <c r="E3">
         <v>-1</v>
       </c>
       <c r="F3">
         <v>53</v>
       </c>
+      <c r="G3">
+        <v>169065</v>
+      </c>
       <c r="H3" t="str">
-        <v>philpowers</v>
+        <v>colehdyson</v>
       </c>
       <c r="I3">
         <v>-1</v>
       </c>
       <c r="J3">
         <v>53</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Open</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Darren Herrera</v>
       </c>
       <c r="E4">
@@ -1897,51 +1897,51 @@
       </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>INT</v>
       </c>
       <c r="B18" t="str">
-        <v>T3</v>
+        <v>3</v>
       </c>
       <c r="C18">
         <v>3</v>
       </c>
       <c r="D18" t="str">
         <v>Lloyd Rich</v>
       </c>
       <c r="E18">
         <v>5</v>
       </c>
       <c r="F18">
         <v>59</v>
       </c>
       <c r="G18">
         <v>270562</v>
       </c>
       <c r="H18" t="str">
         <v>thelloyd3</v>
       </c>
       <c r="I18">
         <v>5</v>
       </c>
       <c r="J18">
         <v>59</v>
       </c>
@@ -1983,54 +1983,54 @@
       </c>
       <c r="W18">
         <v>3</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
         <v>4</v>
       </c>
       <c r="AB18">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>INT</v>
       </c>
       <c r="B19" t="str">
-        <v>T3</v>
+        <v>4</v>
       </c>
       <c r="C19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D19" t="str">
         <v>William Puckett</v>
       </c>
       <c r="E19">
         <v>5</v>
       </c>
       <c r="F19">
         <v>59</v>
       </c>
       <c r="H19" t="str">
         <v>flickerwill</v>
       </c>
       <c r="I19">
         <v>5</v>
       </c>
       <c r="J19">
         <v>59</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>2</v>
       </c>