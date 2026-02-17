--- v0 (2025-11-16)
+++ v1 (2026-02-17)
@@ -578,51 +578,51 @@
       </c>
       <c r="AH1" t="str">
         <v>hole_23</v>
       </c>
       <c r="AI1" t="str">
         <v>hole_24</v>
       </c>
       <c r="AJ1" t="str">
         <v>hole_25</v>
       </c>
       <c r="AK1" t="str">
         <v>hole_26</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Martin Cheatham III</v>
+        <v>Martin Cheatham</v>
       </c>
       <c r="E2">
         <v>-17</v>
       </c>
       <c r="F2">
         <v>61</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="I2" t="str">
         <v>cheat39</v>
       </c>
       <c r="J2">
         <v>-17</v>
       </c>
       <c r="K2">
         <v>61</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
@@ -688,51 +688,51 @@
       </c>
       <c r="AH2">
         <v>2</v>
       </c>
       <c r="AI2">
         <v>2</v>
       </c>
       <c r="AJ2">
         <v>2</v>
       </c>
       <c r="AK2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Zach Brown</v>
+        <v>Zachary Brown</v>
       </c>
       <c r="E3">
         <v>-16</v>
       </c>
       <c r="F3">
         <v>62</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3">
         <v>105207</v>
       </c>
       <c r="I3" t="str">
         <v>zbrown</v>
       </c>
       <c r="J3">
         <v>-16</v>
       </c>
       <c r="K3">
         <v>62</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
@@ -1476,51 +1476,51 @@
       </c>
       <c r="AH9">
         <v>2</v>
       </c>
       <c r="AI9">
         <v>2</v>
       </c>
       <c r="AJ9">
         <v>2</v>
       </c>
       <c r="AK9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T5</v>
       </c>
       <c r="C10">
         <v>5</v>
       </c>
       <c r="D10" t="str">
-        <v>Daniel Johnson</v>
+        <v>Daniel M Johnson</v>
       </c>
       <c r="E10">
         <v>-14</v>
       </c>
       <c r="F10">
         <v>64</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="I10" t="str">
         <v>therock</v>
       </c>
       <c r="J10">
         <v>-14</v>
       </c>
       <c r="K10">
         <v>64</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
@@ -1586,51 +1586,51 @@
       </c>
       <c r="AH10">
         <v>3</v>
       </c>
       <c r="AI10">
         <v>2</v>
       </c>
       <c r="AJ10">
         <v>2</v>
       </c>
       <c r="AK10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Tyler "Bottle Reaper" Delp</v>
+        <v>Tyler Delp</v>
       </c>
       <c r="E11">
         <v>-13</v>
       </c>
       <c r="F11">
         <v>65</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11">
         <v>141792</v>
       </c>
       <c r="I11" t="str">
         <v>tylerdelp</v>
       </c>
       <c r="J11">
         <v>-13</v>
       </c>
       <c r="K11">
         <v>65</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
@@ -2038,51 +2038,51 @@
       </c>
       <c r="AH14">
         <v>3</v>
       </c>
       <c r="AI14">
         <v>2</v>
       </c>
       <c r="AJ14">
         <v>2</v>
       </c>
       <c r="AK14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T10</v>
       </c>
       <c r="C15">
         <v>10</v>
       </c>
       <c r="D15" t="str">
-        <v>Brandon (Bagger) Halland</v>
+        <v>Brandon Halland</v>
       </c>
       <c r="E15">
         <v>-13</v>
       </c>
       <c r="F15">
         <v>65</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="I15" t="str">
         <v>halland</v>
       </c>
       <c r="J15">
         <v>-13</v>
       </c>
       <c r="K15">
         <v>65</v>
       </c>
       <c r="L15">
         <v>2</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
@@ -3153,51 +3153,51 @@
       </c>
       <c r="AH24">
         <v>2</v>
       </c>
       <c r="AI24">
         <v>2</v>
       </c>
       <c r="AJ24">
         <v>2</v>
       </c>
       <c r="AK24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
-        <v>Alex “Doc” Lamkin</v>
+        <v>Alex Lamkin</v>
       </c>
       <c r="E25">
         <v>-9</v>
       </c>
       <c r="F25">
         <v>69</v>
       </c>
       <c r="G25">
         <v>1</v>
       </c>
       <c r="H25">
         <v>115064</v>
       </c>
       <c r="I25" t="str">
         <v>aceholesdg</v>
       </c>
       <c r="J25">
         <v>-9</v>
       </c>
       <c r="K25">
         <v>69</v>
       </c>
       <c r="L25">
         <v>2</v>
       </c>
@@ -3376,51 +3376,51 @@
       </c>
       <c r="AH26">
         <v>3</v>
       </c>
       <c r="AI26">
         <v>2</v>
       </c>
       <c r="AJ26">
         <v>3</v>
       </c>
       <c r="AK26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T25</v>
       </c>
       <c r="C27">
         <v>25</v>
       </c>
       <c r="D27" t="str">
-        <v xml:space="preserve">Mike Winkels </v>
+        <v xml:space="preserve">Michael Winkels </v>
       </c>
       <c r="E27">
         <v>-8</v>
       </c>
       <c r="F27">
         <v>70</v>
       </c>
       <c r="G27">
         <v>1</v>
       </c>
       <c r="I27" t="str">
         <v>mikewinkels1</v>
       </c>
       <c r="J27">
         <v>-8</v>
       </c>
       <c r="K27">
         <v>70</v>
       </c>
       <c r="L27">
         <v>2</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
@@ -3596,51 +3596,51 @@
       </c>
       <c r="AH28">
         <v>2</v>
       </c>
       <c r="AI28">
         <v>3</v>
       </c>
       <c r="AJ28">
         <v>2</v>
       </c>
       <c r="AK28">
         <v>2</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>T28</v>
       </c>
       <c r="C29">
         <v>28</v>
       </c>
       <c r="D29" t="str">
-        <v>Danny "Boost It" Cherlow</v>
+        <v>Danny Cherlow</v>
       </c>
       <c r="E29">
         <v>-7</v>
       </c>
       <c r="F29">
         <v>71</v>
       </c>
       <c r="G29">
         <v>1</v>
       </c>
       <c r="H29">
         <v>44985</v>
       </c>
       <c r="I29" t="str">
         <v>boostit49</v>
       </c>
       <c r="J29">
         <v>-7</v>
       </c>
       <c r="K29">
         <v>71</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
@@ -4940,51 +4940,51 @@
       </c>
       <c r="AH40">
         <v>3</v>
       </c>
       <c r="AI40">
         <v>3</v>
       </c>
       <c r="AJ40">
         <v>2</v>
       </c>
       <c r="AK40">
         <v>3</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>T38</v>
       </c>
       <c r="C41">
         <v>38</v>
       </c>
       <c r="D41" t="str">
-        <v>Money</v>
+        <v>Nhia Xiong</v>
       </c>
       <c r="E41">
         <v>-4</v>
       </c>
       <c r="F41">
         <v>74</v>
       </c>
       <c r="G41">
         <v>1</v>
       </c>
       <c r="H41">
         <v>237628</v>
       </c>
       <c r="I41" t="str">
         <v>moneyx</v>
       </c>
       <c r="J41">
         <v>-4</v>
       </c>
       <c r="K41">
         <v>74</v>
       </c>
       <c r="L41">
         <v>3</v>
       </c>
@@ -5496,51 +5496,51 @@
       </c>
       <c r="AH45">
         <v>3</v>
       </c>
       <c r="AI45">
         <v>2</v>
       </c>
       <c r="AJ45">
         <v>3</v>
       </c>
       <c r="AK45">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>GEN</v>
       </c>
       <c r="B46" t="str">
         <v>T44</v>
       </c>
       <c r="C46">
         <v>44</v>
       </c>
       <c r="D46" t="str">
-        <v>Mike Harris</v>
+        <v>Michael Harris</v>
       </c>
       <c r="E46">
         <v>-2</v>
       </c>
       <c r="F46">
         <v>76</v>
       </c>
       <c r="G46">
         <v>1</v>
       </c>
       <c r="H46">
         <v>234315</v>
       </c>
       <c r="I46" t="str">
         <v>animalbite</v>
       </c>
       <c r="J46">
         <v>-2</v>
       </c>
       <c r="K46">
         <v>76</v>
       </c>
       <c r="L46">
         <v>3</v>
       </c>