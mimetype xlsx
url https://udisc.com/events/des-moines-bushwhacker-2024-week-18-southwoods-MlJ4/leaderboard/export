--- v0 (2025-10-03)
+++ v1 (2026-03-20)
@@ -1669,51 +1669,51 @@
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>T13</v>
       </c>
       <c r="C15">
         <v>13</v>
       </c>
       <c r="D15" t="str">
         <v>Mike Marcovis</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>59</v>
       </c>
       <c r="G15">
         <v>47641</v>
       </c>
       <c r="H15" t="str">
-        <v>garcovis</v>
+        <v>marcovisguitars</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>59</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>5</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>