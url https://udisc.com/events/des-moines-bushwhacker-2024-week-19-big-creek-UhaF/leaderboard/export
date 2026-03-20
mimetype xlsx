--- v0 (2025-10-02)
+++ v1 (2026-03-20)
@@ -2268,51 +2268,51 @@
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T18</v>
       </c>
       <c r="C22">
         <v>18</v>
       </c>
       <c r="D22" t="str">
         <v>Mike Marcovis</v>
       </c>
       <c r="E22">
         <v>3</v>
       </c>
       <c r="F22">
         <v>62</v>
       </c>
       <c r="G22">
         <v>47641</v>
       </c>
       <c r="H22" t="str">
-        <v>garcovis</v>
+        <v>marcovisguitars</v>
       </c>
       <c r="I22">
         <v>3</v>
       </c>
       <c r="J22">
         <v>62</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
         <v>2</v>
       </c>
       <c r="M22">
         <v>4</v>
       </c>
       <c r="N22">
         <v>4</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>