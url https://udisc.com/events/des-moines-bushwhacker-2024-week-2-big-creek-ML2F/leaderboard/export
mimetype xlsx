--- v0 (2025-10-02)
+++ v1 (2026-03-20)
@@ -2958,51 +2958,51 @@
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T28</v>
       </c>
       <c r="C31">
         <v>28</v>
       </c>
       <c r="D31" t="str">
         <v>Mike Marcovis</v>
       </c>
       <c r="E31">
         <v>6</v>
       </c>
       <c r="F31">
         <v>66</v>
       </c>
       <c r="H31" t="str">
-        <v>garcovis</v>
+        <v>marcovisguitars</v>
       </c>
       <c r="I31">
         <v>6</v>
       </c>
       <c r="J31">
         <v>66</v>
       </c>
       <c r="K31">
         <v>2</v>
       </c>
       <c r="L31">
         <v>2</v>
       </c>
       <c r="M31">
         <v>4</v>
       </c>
       <c r="N31">
         <v>4</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>3</v>
       </c>