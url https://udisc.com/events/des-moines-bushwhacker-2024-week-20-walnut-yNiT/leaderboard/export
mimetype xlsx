--- v0 (2025-10-02)
+++ v1 (2026-03-20)
@@ -2010,51 +2010,51 @@
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>T16</v>
       </c>
       <c r="C19">
         <v>16</v>
       </c>
       <c r="D19" t="str">
         <v>Dustin Wells</v>
       </c>
       <c r="E19">
         <v>0</v>
       </c>
       <c r="F19">
         <v>62</v>
       </c>
       <c r="G19">
         <v>47022</v>
       </c>
       <c r="H19" t="str">
-        <v>discnwells</v>
+        <v>wellzie47022</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="J19">
         <v>62</v>
       </c>
       <c r="K19">
         <v>3</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>2</v>
       </c>
       <c r="N19">
         <v>3</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
@@ -2953,51 +2953,51 @@
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
         <v>29</v>
       </c>
       <c r="C30">
         <v>29</v>
       </c>
       <c r="D30" t="str">
         <v>Mike Marcovis</v>
       </c>
       <c r="E30">
         <v>3</v>
       </c>
       <c r="F30">
         <v>65</v>
       </c>
       <c r="G30">
         <v>47641</v>
       </c>
       <c r="H30" t="str">
-        <v>garcovis</v>
+        <v>marcovisguitars</v>
       </c>
       <c r="I30">
         <v>3</v>
       </c>
       <c r="J30">
         <v>65</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>6</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>4</v>
       </c>
       <c r="P30">
         <v>3</v>
       </c>