--- v0 (2025-10-02)
+++ v1 (2026-03-20)
@@ -1328,51 +1328,51 @@
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
         <v>Mike Marcovis</v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="F11">
         <v>56</v>
       </c>
       <c r="G11">
         <v>47641</v>
       </c>
       <c r="H11" t="str">
-        <v>garcovis</v>
+        <v>marcovisguitars</v>
       </c>
       <c r="I11">
         <v>2</v>
       </c>
       <c r="J11">
         <v>56</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
@@ -2099,51 +2099,51 @@
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>T17</v>
       </c>
       <c r="C20">
         <v>17</v>
       </c>
       <c r="D20" t="str">
         <v>Dustin Wells</v>
       </c>
       <c r="E20">
         <v>5</v>
       </c>
       <c r="F20">
         <v>59</v>
       </c>
       <c r="G20">
         <v>47022</v>
       </c>
       <c r="H20" t="str">
-        <v>discnwells</v>
+        <v>wellzie47022</v>
       </c>
       <c r="I20">
         <v>5</v>
       </c>
       <c r="J20">
         <v>59</v>
       </c>
       <c r="K20">
         <v>4</v>
       </c>
       <c r="L20">
         <v>4</v>
       </c>
       <c r="M20">
         <v>4</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>