--- v0 (2025-10-02)
+++ v1 (2026-03-20)
@@ -2626,51 +2626,51 @@
       </c>
       <c r="AB26">
         <v>5</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T25</v>
       </c>
       <c r="C27">
         <v>25</v>
       </c>
       <c r="D27" t="str">
         <v>Mike Marcovis</v>
       </c>
       <c r="E27">
         <v>3</v>
       </c>
       <c r="F27">
         <v>60</v>
       </c>
       <c r="H27" t="str">
-        <v>garcovis</v>
+        <v>marcovisguitars</v>
       </c>
       <c r="I27">
         <v>3</v>
       </c>
       <c r="J27">
         <v>60</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
         <v>4</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>