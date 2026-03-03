--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -4040,51 +4040,51 @@
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>MA2</v>
       </c>
       <c r="B42" t="str">
         <v>T11</v>
       </c>
       <c r="C42">
         <v>11</v>
       </c>
       <c r="D42" t="str">
         <v>Brendon Bettner</v>
       </c>
       <c r="E42">
         <v>-1</v>
       </c>
       <c r="F42">
         <v>53</v>
       </c>
       <c r="G42">
         <v>1</v>
       </c>
       <c r="I42" t="str">
-        <v>offwhitenovo</v>
+        <v>bettner</v>
       </c>
       <c r="J42">
         <v>-1</v>
       </c>
       <c r="K42">
         <v>53</v>
       </c>
       <c r="L42">
         <v>2</v>
       </c>
       <c r="M42">
         <v>4</v>
       </c>
       <c r="N42">
         <v>6</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>
       <c r="P42">
         <v>3</v>
       </c>
       <c r="Q42">
         <v>3</v>
       </c>
@@ -4384,51 +4384,51 @@
       </c>
       <c r="AC45">
         <v>3</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>MA2</v>
       </c>
       <c r="B46" t="str">
         <v>DUP</v>
       </c>
       <c r="D46" t="str">
         <v>Brendon Bettner</v>
       </c>
       <c r="E46">
         <v>2</v>
       </c>
       <c r="F46">
         <v>56</v>
       </c>
       <c r="G46">
         <v>2</v>
       </c>
       <c r="I46" t="str">
-        <v>offwhitenovo</v>
+        <v>bettner</v>
       </c>
       <c r="J46">
         <v>2</v>
       </c>
       <c r="K46">
         <v>56</v>
       </c>
       <c r="L46">
         <v>2</v>
       </c>
       <c r="M46">
         <v>3</v>
       </c>
       <c r="N46">
         <v>5</v>
       </c>
       <c r="O46">
         <v>4</v>
       </c>
       <c r="P46">
         <v>2</v>
       </c>
       <c r="Q46">
         <v>4</v>
       </c>