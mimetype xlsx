--- v1 (2025-12-18)
+++ v2 (2026-03-11)
@@ -1366,50 +1366,53 @@
         <v>62</v>
       </c>
       <c r="L25">
         <v>60</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>All</v>
       </c>
       <c r="B26" t="str">
         <v>T24</v>
       </c>
       <c r="C26">
         <v>24</v>
       </c>
       <c r="D26" t="str">
         <v>Bram Huijbregts</v>
       </c>
       <c r="E26">
         <v>10</v>
       </c>
       <c r="F26">
         <v>122</v>
       </c>
+      <c r="G26">
+        <v>314856</v>
+      </c>
       <c r="H26" t="str">
         <v>bram01</v>
       </c>
       <c r="I26">
         <v>5</v>
       </c>
       <c r="J26">
         <v>5</v>
       </c>
       <c r="K26">
         <v>61</v>
       </c>
       <c r="L26">
         <v>61</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>All</v>
       </c>
       <c r="B27" t="str">
         <v>T24</v>
       </c>
       <c r="C27">
         <v>24</v>
@@ -3702,50 +3705,53 @@
         <v>2</v>
       </c>
       <c r="AB21">
         <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>All</v>
       </c>
       <c r="B22" t="str">
         <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
         <v>Bram Huijbregts</v>
       </c>
       <c r="E22">
         <v>5</v>
       </c>
       <c r="F22">
         <v>61</v>
       </c>
+      <c r="G22">
+        <v>314856</v>
+      </c>
       <c r="H22" t="str">
         <v>bram01</v>
       </c>
       <c r="I22">
         <v>5</v>
       </c>
       <c r="J22">
         <v>61</v>
       </c>
       <c r="K22">
         <v>6</v>
       </c>
       <c r="L22">
         <v>2</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
         <v>3</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
@@ -7395,50 +7401,53 @@
         <v>2</v>
       </c>
       <c r="AB25">
         <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>All</v>
       </c>
       <c r="B26" t="str">
         <v>T24</v>
       </c>
       <c r="C26">
         <v>24</v>
       </c>
       <c r="D26" t="str">
         <v>Bram Huijbregts</v>
       </c>
       <c r="E26">
         <v>10</v>
       </c>
       <c r="F26">
         <v>122</v>
       </c>
+      <c r="G26">
+        <v>314856</v>
+      </c>
       <c r="H26" t="str">
         <v>bram01</v>
       </c>
       <c r="I26">
         <v>5</v>
       </c>
       <c r="J26">
         <v>61</v>
       </c>
       <c r="K26">
         <v>4</v>
       </c>
       <c r="L26">
         <v>2</v>
       </c>
       <c r="M26">
         <v>4</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">