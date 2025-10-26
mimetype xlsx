--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -549,117 +549,117 @@
       </c>
       <c r="AA1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>PRO</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Jason Abdulbaki</v>
       </c>
       <c r="E2">
-        <v>-8</v>
+        <v>-11</v>
       </c>
       <c r="F2">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H2">
         <v>125520</v>
       </c>
       <c r="I2" t="str">
         <v>jabdul50801</v>
       </c>
       <c r="J2">
-        <v>-8</v>
+        <v>-11</v>
       </c>
       <c r="K2">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>2</v>
       </c>
       <c r="S2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V2">
         <v>3</v>
       </c>
       <c r="W2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
       <c r="AC2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>PRO</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Sean helean</v>
       </c>
       <c r="E3">
         <v>-5</v>
       </c>
       <c r="F3">
@@ -721,90 +721,123 @@
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>PRO</v>
       </c>
       <c r="B4" t="str">
         <v>DUP</v>
       </c>
       <c r="D4" t="str">
         <v>Jason Abdulbaki</v>
       </c>
       <c r="E4">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="F4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="G4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H4">
         <v>125520</v>
       </c>
       <c r="I4" t="str">
         <v>jabdul50801</v>
       </c>
       <c r="J4">
-        <v>-6</v>
+        <v>-8</v>
       </c>
       <c r="K4">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>
       <c r="R4">
         <v>2</v>
+      </c>
+      <c r="S4">
+        <v>3</v>
+      </c>
+      <c r="T4">
+        <v>3</v>
+      </c>
+      <c r="U4">
+        <v>4</v>
+      </c>
+      <c r="V4">
+        <v>3</v>
+      </c>
+      <c r="W4">
+        <v>2</v>
+      </c>
+      <c r="X4">
+        <v>3</v>
+      </c>
+      <c r="Y4">
+        <v>2</v>
+      </c>
+      <c r="Z4">
+        <v>3</v>
+      </c>
+      <c r="AA4">
+        <v>3</v>
+      </c>
+      <c r="AB4">
+        <v>2</v>
+      </c>
+      <c r="AC4">
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>PRO</v>
       </c>
       <c r="B5" t="str">
         <v>DUP</v>
       </c>
       <c r="D5" t="str">
         <v>Jason Abdulbaki</v>
       </c>
       <c r="E5">
         <v>-5</v>
       </c>
       <c r="F5">
         <v>49</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
         <v>125520</v>
       </c>
       <c r="I5" t="str">
@@ -943,293 +976,392 @@
       </c>
       <c r="Z6">
         <v>4</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>ADV</v>
       </c>
       <c r="B7" t="str">
         <v>1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
-        <v>Christopher Olds</v>
+        <v>Matt Groven</v>
       </c>
       <c r="E7">
-        <v>-10</v>
+        <v>-12</v>
       </c>
       <c r="F7">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7">
-        <v>203767</v>
+        <v>244505</v>
       </c>
       <c r="I7" t="str">
-        <v>chrisolds86</v>
+        <v>ragnarthered</v>
       </c>
       <c r="J7">
-        <v>-10</v>
+        <v>-12</v>
       </c>
       <c r="K7">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V7">
         <v>2</v>
       </c>
       <c r="W7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y7">
         <v>2</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>2</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
       <c r="AC7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>ADV</v>
       </c>
       <c r="B8" t="str">
-        <v>2</v>
+        <v>T2</v>
       </c>
       <c r="C8">
         <v>2</v>
       </c>
       <c r="D8" t="str">
         <v xml:space="preserve">Caleb Wilson </v>
       </c>
       <c r="E8">
-        <v>-4</v>
+        <v>-10</v>
       </c>
       <c r="F8">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
         <v>144973</v>
       </c>
       <c r="I8" t="str">
         <v>lerbage</v>
       </c>
       <c r="J8">
-        <v>-4</v>
+        <v>-10</v>
       </c>
       <c r="K8">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
+        <v>2</v>
+      </c>
+      <c r="S8">
+        <v>3</v>
+      </c>
+      <c r="T8">
+        <v>3</v>
+      </c>
+      <c r="U8">
+        <v>2</v>
+      </c>
+      <c r="V8">
+        <v>2</v>
+      </c>
+      <c r="W8">
+        <v>2</v>
+      </c>
+      <c r="X8">
+        <v>3</v>
+      </c>
+      <c r="Y8">
+        <v>2</v>
+      </c>
+      <c r="Z8">
+        <v>3</v>
+      </c>
+      <c r="AA8">
+        <v>2</v>
+      </c>
+      <c r="AB8">
+        <v>3</v>
+      </c>
+      <c r="AC8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>ADV</v>
       </c>
       <c r="B9" t="str">
-        <v>T3</v>
+        <v>T2</v>
       </c>
       <c r="C9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D9" t="str">
-        <v>Matt Groven</v>
+        <v>Christopher Olds</v>
       </c>
       <c r="E9">
-        <v>-3</v>
+        <v>-10</v>
       </c>
       <c r="F9">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9">
-        <v>244505</v>
+        <v>203767</v>
       </c>
       <c r="I9" t="str">
-        <v>ragnarthered</v>
+        <v>chrisolds86</v>
       </c>
       <c r="J9">
-        <v>-3</v>
+        <v>-10</v>
       </c>
       <c r="K9">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="L9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R9">
+        <v>4</v>
+      </c>
+      <c r="S9">
+        <v>3</v>
+      </c>
+      <c r="T9">
+        <v>2</v>
+      </c>
+      <c r="U9">
+        <v>3</v>
+      </c>
+      <c r="V9">
+        <v>2</v>
+      </c>
+      <c r="W9">
+        <v>2</v>
+      </c>
+      <c r="X9">
+        <v>3</v>
+      </c>
+      <c r="Y9">
+        <v>2</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>2</v>
+      </c>
+      <c r="AB9">
+        <v>2</v>
+      </c>
+      <c r="AC9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>ADV</v>
       </c>
       <c r="B10" t="str">
-        <v>T3</v>
+        <v>4</v>
       </c>
       <c r="C10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D10" t="str">
         <v xml:space="preserve">Cheun Phiathep </v>
       </c>
       <c r="E10">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="F10">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10">
         <v>244532</v>
       </c>
       <c r="I10" t="str">
         <v>cheunoffun</v>
       </c>
       <c r="J10">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="K10">
-        <v>18</v>
+        <v>50</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
+        <v>3</v>
+      </c>
+      <c r="S10">
+        <v>3</v>
+      </c>
+      <c r="T10">
+        <v>3</v>
+      </c>
+      <c r="U10">
+        <v>2</v>
+      </c>
+      <c r="V10">
+        <v>3</v>
+      </c>
+      <c r="W10">
+        <v>4</v>
+      </c>
+      <c r="X10">
+        <v>2</v>
+      </c>
+      <c r="Y10">
+        <v>3</v>
+      </c>
+      <c r="Z10">
+        <v>4</v>
+      </c>
+      <c r="AA10">
+        <v>2</v>
+      </c>
+      <c r="AB10">
+        <v>3</v>
+      </c>
+      <c r="AC10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>ADV</v>
       </c>
       <c r="B11" t="str">
         <v>DUP</v>
       </c>
       <c r="D11" t="str">
         <v>Christopher Olds</v>
       </c>
       <c r="E11">
         <v>-3</v>
       </c>
       <c r="F11">
         <v>51</v>
       </c>
       <c r="G11">
         <v>2</v>
       </c>
       <c r="H11">
         <v>203767</v>
       </c>