--- v0 (2026-02-13)
+++ v1 (2026-03-17)
@@ -566,50 +566,53 @@
         <v>hole_17</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="E2" t="str">
         <v>EV1</v>
       </c>
       <c r="F2" t="str">
         <v>1</v>
       </c>
       <c r="G2">
         <v>1</v>
       </c>
       <c r="H2" t="str">
         <v>Aaron Hallstrom</v>
       </c>
       <c r="I2">
         <v>15</v>
       </c>
       <c r="J2">
         <v>70</v>
       </c>
+      <c r="K2">
+        <v>323050</v>
+      </c>
       <c r="L2" t="str">
         <v>desertberserker</v>
       </c>
       <c r="M2">
         <v>15</v>
       </c>
       <c r="N2">
         <v>70</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>5</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">