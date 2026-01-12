--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -1587,280 +1587,277 @@
       </c>
       <c r="X13">
         <v>2</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>4</v>
       </c>
       <c r="AA13">
         <v>2</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
       <c r="AC13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T13</v>
+        <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Eilif Liland</v>
+        <v>Beho</v>
       </c>
       <c r="E14">
         <v>4</v>
       </c>
       <c r="F14">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="G14">
         <v>1</v>
       </c>
-      <c r="H14">
-[...1 lines deleted...]
-      </c>
       <c r="I14" t="str">
-        <v>norgeice</v>
+        <v>kingbeho</v>
       </c>
       <c r="J14">
         <v>4</v>
       </c>
       <c r="K14">
-        <v>37</v>
+        <v>58</v>
+      </c>
+      <c r="L14">
+        <v>4</v>
+      </c>
+      <c r="M14">
+        <v>3</v>
+      </c>
+      <c r="N14">
+        <v>2</v>
+      </c>
+      <c r="O14">
+        <v>2</v>
+      </c>
+      <c r="P14">
+        <v>4</v>
+      </c>
+      <c r="Q14">
+        <v>3</v>
+      </c>
+      <c r="R14">
+        <v>2</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA14">
         <v>2</v>
       </c>
       <c r="AB14">
         <v>5</v>
       </c>
       <c r="AC14">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T13</v>
+        <v>14</v>
       </c>
       <c r="C15">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>Beho</v>
+        <v>Ashton Sawyer</v>
       </c>
       <c r="E15">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F15">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="I15" t="str">
-        <v>kingbeho</v>
+        <v>gunkie</v>
       </c>
       <c r="J15">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="K15">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="L15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S15">
         <v>4</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>4</v>
       </c>
       <c r="Z15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC15">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>DNF</v>
       </c>
       <c r="D16" t="str">
-        <v>Ashton Sawyer</v>
+        <v>Eilif Liland</v>
       </c>
       <c r="E16">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F16">
-        <v>62</v>
+        <v>37</v>
       </c>
       <c r="G16">
         <v>1</v>
       </c>
+      <c r="H16">
+        <v>93940</v>
+      </c>
       <c r="I16" t="str">
-        <v>gunkie</v>
+        <v>norgeice</v>
       </c>
       <c r="J16">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="K16">
-        <v>62</v>
-[...20 lines deleted...]
-        <v>3</v>
+        <v>37</v>
       </c>
       <c r="S16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T16">
         <v>3</v>
       </c>
       <c r="U16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V16">
         <v>4</v>
       </c>
       <c r="W16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z16">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC16">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC16"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>