--- v0 (2025-12-17)
+++ v1 (2026-02-16)
@@ -956,54 +956,54 @@
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>T5</v>
       </c>
       <c r="B7">
         <v>5</v>
       </c>
       <c r="C7">
         <v>-2</v>
       </c>
       <c r="D7">
         <v>-4</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G7">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H7" t="str">
         <v>Tynan Kelly</v>
       </c>
       <c r="I7">
         <v>2</v>
       </c>
       <c r="J7">
         <v>42</v>
       </c>
       <c r="K7">
         <v>1</v>
       </c>
       <c r="M7" t="str">
         <v>tynank</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>42</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
@@ -1027,265 +1027,256 @@
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>5</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
         <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D8">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
         <v>6</v>
       </c>
       <c r="G8">
         <v>6</v>
       </c>
       <c r="H8" t="str">
-        <v>Mohannad Mahfouz</v>
+        <v>Geoff</v>
       </c>
       <c r="I8">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="J8">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
-      <c r="L8">
-[...1 lines deleted...]
-      </c>
       <c r="M8" t="str">
-        <v>mohaysm</v>
+        <v>geoffhere</v>
       </c>
       <c r="N8">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="O8">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R8">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T8">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="U8">
         <v>3</v>
+      </c>
+      <c r="V8">
+        <v>3</v>
+      </c>
+      <c r="W8">
+        <v>3</v>
+      </c>
+      <c r="X8">
+        <v>3</v>
+      </c>
+      <c r="Y8">
+        <v>3</v>
+      </c>
+      <c r="Z8">
+        <v>3</v>
+      </c>
+      <c r="AA8">
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9">
         <v>8</v>
       </c>
       <c r="C9">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D9">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G9">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="H9" t="str">
-        <v>Geoff</v>
+        <v>Mark Stenov</v>
       </c>
       <c r="I9">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J9">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="M9" t="str">
-        <v>geoffhere</v>
+        <v>stenovme</v>
       </c>
       <c r="N9">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="O9">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10">
-[...4 lines deleted...]
-      </c>
       <c r="C10">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D10">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="H10" t="str">
-        <v>Mark Stenov</v>
+        <v>Mohannad Mahfouz</v>
       </c>
       <c r="I10">
-        <v>3</v>
+        <v>-4</v>
       </c>
       <c r="J10">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
+      <c r="L10">
+        <v>307137</v>
+      </c>
       <c r="M10" t="str">
-        <v>stenovme</v>
+        <v>mohaysm</v>
       </c>
       <c r="N10">
-        <v>3</v>
+        <v>-4</v>
       </c>
       <c r="O10">
-        <v>43</v>
+        <v>16</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>4</v>
       </c>
       <c r="R10">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="S10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U10">
-        <v>4</v>
-[...17 lines deleted...]
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AA10"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>