--- v0 (2025-10-06)
+++ v1 (2025-11-10)
@@ -1024,54 +1024,51 @@
       </c>
       <c r="AF5">
         <v>4</v>
       </c>
       <c r="AG5">
         <v>3</v>
       </c>
       <c r="AH5">
         <v>4</v>
       </c>
       <c r="AI5">
         <v>4</v>
       </c>
       <c r="AJ5">
         <v>3</v>
       </c>
       <c r="AK5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
         <v>Isaiah lindley</v>
       </c>
       <c r="E6">
         <v>15</v>
       </c>
       <c r="F6">
         <v>71</v>
       </c>
       <c r="H6" t="str">
         <v>redfelliop</v>
       </c>
       <c r="I6">
         <v>15</v>
       </c>
       <c r="J6">
         <v>71</v>
       </c>
       <c r="K6">
         <v>4</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>