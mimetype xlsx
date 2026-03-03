--- v0 (2025-10-03)
+++ v1 (2026-03-03)
@@ -1960,50 +1960,53 @@
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Red</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Steven Bennett</v>
       </c>
       <c r="E2">
         <v>-8</v>
       </c>
       <c r="F2">
         <v>51</v>
       </c>
+      <c r="G2">
+        <v>322036</v>
+      </c>
       <c r="H2" t="str">
         <v>troublesum</v>
       </c>
       <c r="I2">
         <v>-8</v>
       </c>
       <c r="J2">
         <v>51</v>
       </c>
       <c r="K2">
         <v>4</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
@@ -3495,50 +3498,53 @@
       <c r="AA19">
         <v>4</v>
       </c>
       <c r="AB19">
         <v>2</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>Red</v>
       </c>
       <c r="B20" t="str">
         <v>T18</v>
       </c>
       <c r="C20">
         <v>18</v>
       </c>
       <c r="D20" t="str">
         <v>Daniel Cormier</v>
       </c>
       <c r="E20">
         <v>5</v>
       </c>
       <c r="F20">
         <v>64</v>
+      </c>
+      <c r="G20">
+        <v>322868</v>
       </c>
       <c r="H20" t="str">
         <v>danlaclic</v>
       </c>
       <c r="I20">
         <v>5</v>
       </c>
       <c r="J20">
         <v>64</v>
       </c>
       <c r="K20">
         <v>4</v>
       </c>
       <c r="L20">
         <v>2</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>5</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>