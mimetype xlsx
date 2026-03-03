--- v0 (2025-10-03)
+++ v1 (2026-03-03)
@@ -2041,197 +2041,200 @@
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>2</v>
       </c>
       <c r="AA4">
         <v>4</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Red</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Mitch Grant</v>
+        <v>Steven Bennett</v>
       </c>
       <c r="E5">
         <v>-4</v>
       </c>
       <c r="F5">
         <v>55</v>
       </c>
+      <c r="G5">
+        <v>322036</v>
+      </c>
       <c r="H5" t="str">
-        <v>governmentgrant</v>
+        <v>troublesum</v>
       </c>
       <c r="I5">
         <v>-4</v>
       </c>
       <c r="J5">
         <v>55</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W5">
         <v>5</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Red</v>
       </c>
       <c r="B6" t="str">
         <v>T3</v>
       </c>
       <c r="C6">
         <v>3</v>
       </c>
       <c r="D6" t="str">
-        <v>Steven Bennett</v>
+        <v>Mitch Grant</v>
       </c>
       <c r="E6">
         <v>-4</v>
       </c>
       <c r="F6">
         <v>55</v>
       </c>
       <c r="H6" t="str">
-        <v>troublesum</v>
+        <v>governmentgrant</v>
       </c>
       <c r="I6">
         <v>-4</v>
       </c>
       <c r="J6">
         <v>55</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W6">
         <v>5</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Red</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Dan C</v>
       </c>
       <c r="E7">
         <v>-3</v>
       </c>
       <c r="F7">
@@ -3998,200 +4001,206 @@
       </c>
       <c r="Y27">
         <v>3</v>
       </c>
       <c r="Z27">
         <v>3</v>
       </c>
       <c r="AA27">
         <v>3</v>
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>Red</v>
       </c>
       <c r="B28" t="str">
         <v>T26</v>
       </c>
       <c r="C28">
         <v>26</v>
       </c>
       <c r="D28" t="str">
-        <v>Daniel Cormier</v>
+        <v>Michael Thomson</v>
       </c>
       <c r="E28">
         <v>8</v>
       </c>
       <c r="F28">
         <v>67</v>
       </c>
+      <c r="G28">
+        <v>322828</v>
+      </c>
       <c r="H28" t="str">
-        <v>danlaclic</v>
+        <v>mrtee247</v>
       </c>
       <c r="I28">
         <v>8</v>
       </c>
       <c r="J28">
         <v>67</v>
       </c>
       <c r="K28">
         <v>4</v>
       </c>
       <c r="L28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>4</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>
       <c r="Q28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S28">
         <v>4</v>
       </c>
       <c r="T28">
         <v>5</v>
       </c>
       <c r="U28">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W28">
         <v>6</v>
       </c>
       <c r="X28">
         <v>3</v>
       </c>
       <c r="Y28">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z28">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA28">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB28">
         <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>Red</v>
       </c>
       <c r="B29" t="str">
         <v>T26</v>
       </c>
       <c r="C29">
         <v>26</v>
       </c>
       <c r="D29" t="str">
-        <v>Michael Thomson</v>
+        <v>Daniel Cormier</v>
       </c>
       <c r="E29">
         <v>8</v>
       </c>
       <c r="F29">
         <v>67</v>
       </c>
+      <c r="G29">
+        <v>322868</v>
+      </c>
       <c r="H29" t="str">
-        <v>mrtee247</v>
+        <v>danlaclic</v>
       </c>
       <c r="I29">
         <v>8</v>
       </c>
       <c r="J29">
         <v>67</v>
       </c>
       <c r="K29">
         <v>4</v>
       </c>
       <c r="L29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>4</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S29">
         <v>4</v>
       </c>
       <c r="T29">
         <v>5</v>
       </c>
       <c r="U29">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W29">
         <v>6</v>
       </c>
       <c r="X29">
         <v>3</v>
       </c>
       <c r="Y29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB29">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>Red</v>
       </c>
       <c r="B30" t="str">
         <v>T29</v>
       </c>
       <c r="C30">
         <v>29</v>
       </c>
       <c r="D30" t="str">
         <v>Henry Mitton</v>
       </c>
       <c r="E30">
         <v>9</v>
       </c>
       <c r="F30">
         <v>68</v>
       </c>
       <c r="G30">