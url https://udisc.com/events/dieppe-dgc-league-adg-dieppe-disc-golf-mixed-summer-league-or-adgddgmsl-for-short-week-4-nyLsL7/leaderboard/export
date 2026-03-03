--- v0 (2025-10-03)
+++ v1 (2026-03-03)
@@ -4101,50 +4101,53 @@
         <v>3</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>Red</v>
       </c>
       <c r="B20" t="str">
         <v>T16</v>
       </c>
       <c r="C20">
         <v>16</v>
       </c>
       <c r="D20" t="str">
         <v>Daniel Cormier</v>
       </c>
       <c r="E20">
         <v>4</v>
       </c>
       <c r="F20">
         <v>63</v>
       </c>
+      <c r="G20">
+        <v>322868</v>
+      </c>
       <c r="H20" t="str">
         <v>danlaclic</v>
       </c>
       <c r="I20">
         <v>4</v>
       </c>
       <c r="J20">
         <v>63</v>
       </c>
       <c r="K20">
         <v>5</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">