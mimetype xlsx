--- v0 (2025-10-03)
+++ v1 (2026-03-03)
@@ -3200,203 +3200,206 @@
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
       <c r="AA20">
         <v>4</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>Red</v>
       </c>
       <c r="B21" t="str">
         <v>T20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
-        <v xml:space="preserve">Brandon White </v>
+        <v>Daniel Cormier</v>
       </c>
       <c r="E21">
         <v>4</v>
       </c>
       <c r="F21">
         <v>64</v>
       </c>
+      <c r="G21">
+        <v>322868</v>
+      </c>
       <c r="H21" t="str">
-        <v>baconwizard</v>
+        <v>danlaclic</v>
       </c>
       <c r="I21">
         <v>4</v>
       </c>
       <c r="J21">
         <v>64</v>
       </c>
       <c r="K21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
         <v>2</v>
       </c>
       <c r="S21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T21">
         <v>5</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X21">
         <v>6</v>
       </c>
       <c r="Y21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB21">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>Red</v>
       </c>
       <c r="B22" t="str">
         <v>T20</v>
       </c>
       <c r="C22">
         <v>20</v>
       </c>
       <c r="D22" t="str">
-        <v>Daniel Cormier</v>
+        <v xml:space="preserve">Brandon White </v>
       </c>
       <c r="E22">
         <v>4</v>
       </c>
       <c r="F22">
         <v>64</v>
       </c>
       <c r="H22" t="str">
-        <v>danlaclic</v>
+        <v>baconwizard</v>
       </c>
       <c r="I22">
         <v>4</v>
       </c>
       <c r="J22">
         <v>64</v>
       </c>
       <c r="K22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
         <v>2</v>
       </c>
       <c r="S22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T22">
         <v>5</v>
       </c>
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X22">
         <v>6</v>
       </c>
       <c r="Y22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB22">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>Red</v>
       </c>
       <c r="B23" t="str">
         <v>T20</v>
       </c>
       <c r="C23">
         <v>20</v>
       </c>
       <c r="D23" t="str">
         <v>Marc Guimond</v>
       </c>
       <c r="E23">
         <v>4</v>
       </c>
       <c r="F23">
         <v>64</v>
       </c>
       <c r="H23" t="str">
         <v>birdgui</v>
       </c>
       <c r="I23">
@@ -4049,50 +4052,53 @@
       <c r="AA30">
         <v>3</v>
       </c>
       <c r="AB30">
         <v>2</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>Red</v>
       </c>
       <c r="B31" t="str">
         <v>30</v>
       </c>
       <c r="C31">
         <v>30</v>
       </c>
       <c r="D31" t="str">
         <v>Michael Thomson</v>
       </c>
       <c r="E31">
         <v>11</v>
       </c>
       <c r="F31">
         <v>71</v>
+      </c>
+      <c r="G31">
+        <v>322828</v>
       </c>
       <c r="H31" t="str">
         <v>mrtee247</v>
       </c>
       <c r="I31">
         <v>11</v>
       </c>
       <c r="J31">
         <v>71</v>
       </c>
       <c r="K31">
         <v>4</v>
       </c>
       <c r="L31">
         <v>2</v>
       </c>
       <c r="M31">
         <v>4</v>
       </c>
       <c r="N31">
         <v>5</v>
       </c>
       <c r="O31">
         <v>5</v>
       </c>