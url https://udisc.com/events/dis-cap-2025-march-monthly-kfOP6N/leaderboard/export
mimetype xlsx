--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -800,206 +800,209 @@
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>AMs</v>
       </c>
       <c r="B5" t="str">
         <v>T2</v>
       </c>
       <c r="C5">
         <v>2</v>
       </c>
       <c r="D5" t="str">
-        <v>Cody Conine</v>
+        <v>Joshua Le</v>
       </c>
       <c r="E5">
         <v>-2</v>
       </c>
       <c r="F5">
         <v>54</v>
       </c>
       <c r="G5">
-        <v>280282</v>
+        <v>276847</v>
       </c>
       <c r="H5" t="str">
-        <v>codyco9</v>
+        <v>jvl7589</v>
       </c>
       <c r="I5">
         <v>-2</v>
       </c>
       <c r="J5">
         <v>54</v>
       </c>
       <c r="K5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="S5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>AMs</v>
       </c>
       <c r="B6" t="str">
         <v>T2</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
       <c r="D6" t="str">
-        <v>Joshua Le</v>
+        <v>Cody Conine</v>
       </c>
       <c r="E6">
         <v>-2</v>
       </c>
       <c r="F6">
         <v>54</v>
       </c>
+      <c r="G6">
+        <v>280282</v>
+      </c>
       <c r="H6" t="str">
-        <v>jvl7589</v>
+        <v>codyco9</v>
       </c>
       <c r="I6">
         <v>-2</v>
       </c>
       <c r="J6">
         <v>54</v>
       </c>
       <c r="K6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>AMs</v>
       </c>
       <c r="B7" t="str">
         <v>4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
         <v>Kyle Moore</v>
       </c>
       <c r="E7">
         <v>-1</v>
       </c>
       <c r="F7">
         <v>55</v>
       </c>
       <c r="G7">
         <v>203291</v>
       </c>
       <c r="H7" t="str">