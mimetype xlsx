--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -4538,50 +4538,53 @@
         <v>5</v>
       </c>
       <c r="AK36">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>Am</v>
       </c>
       <c r="B37" t="str">
         <v>T5</v>
       </c>
       <c r="C37">
         <v>5</v>
       </c>
       <c r="D37" t="str">
         <v>Joshua Le</v>
       </c>
       <c r="E37">
         <v>4</v>
       </c>
       <c r="F37">
         <v>90</v>
       </c>
+      <c r="G37">
+        <v>276847</v>
+      </c>
       <c r="H37" t="str">
         <v>jvl7589</v>
       </c>
       <c r="I37">
         <v>4</v>
       </c>
       <c r="J37">
         <v>90</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37">
         <v>3</v>
       </c>
       <c r="M37">
         <v>4</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">