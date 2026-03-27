--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:T14"/>
+  <dimension ref="A1:T17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
   </cols>
@@ -513,96 +513,96 @@
       </c>
       <c r="R1" t="str">
         <v>hole_7</v>
       </c>
       <c r="S1" t="str">
         <v>hole_8</v>
       </c>
       <c r="T1" t="str">
         <v>hole_9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA3</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Bolor-Erkhem Munkhjargal</v>
       </c>
       <c r="E2">
-        <v>-5</v>
+        <v>-8</v>
       </c>
       <c r="F2">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="G2">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="H2">
         <v>300831</v>
       </c>
       <c r="I2" t="str">
         <v>bolor307</v>
       </c>
       <c r="J2">
-        <v>-5</v>
+        <v>-8</v>
       </c>
       <c r="K2">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="L2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P2">
         <v>2</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MA3</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Dembee Tsogoo</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
         <v>28</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="I3" t="str">
@@ -631,682 +631,859 @@
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA3</v>
       </c>
       <c r="B4" t="str">
         <v>DUP</v>
       </c>
       <c r="D4" t="str">
         <v>Bolor-Erkhem Munkhjargal</v>
       </c>
       <c r="E4">
-        <v>-2</v>
+        <v>-5</v>
       </c>
       <c r="F4">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="G4">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H4">
         <v>300831</v>
       </c>
       <c r="I4" t="str">
         <v>bolor307</v>
       </c>
       <c r="J4">
-        <v>-2</v>
+        <v>-5</v>
       </c>
       <c r="K4">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA3</v>
       </c>
       <c r="B5" t="str">
         <v>DUP</v>
       </c>
       <c r="D5" t="str">
         <v>Bolor-Erkhem Munkhjargal</v>
       </c>
       <c r="E5">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="F5">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="G5">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H5">
         <v>300831</v>
       </c>
       <c r="I5" t="str">
         <v>bolor307</v>
       </c>
       <c r="J5">
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="K5">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA3</v>
       </c>
       <c r="B6" t="str">
         <v>DUP</v>
       </c>
       <c r="D6" t="str">
         <v>Bolor-Erkhem Munkhjargal</v>
       </c>
       <c r="E6">
-        <v>3</v>
+        <v>-2</v>
       </c>
       <c r="F6">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="G6">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="H6">
         <v>300831</v>
       </c>
       <c r="I6" t="str">
         <v>bolor307</v>
       </c>
       <c r="J6">
-        <v>3</v>
+        <v>-2</v>
       </c>
       <c r="K6">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA3</v>
       </c>
       <c r="B7" t="str">
         <v>DUP</v>
       </c>
       <c r="D7" t="str">
         <v>Bolor-Erkhem Munkhjargal</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
         <v>27</v>
       </c>
       <c r="G7">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="H7">
         <v>300831</v>
       </c>
       <c r="I7" t="str">
         <v>bolor307</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
       <c r="K7">
         <v>27</v>
       </c>
       <c r="L7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T7">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA3</v>
       </c>
       <c r="B8" t="str">
         <v>DUP</v>
       </c>
       <c r="D8" t="str">
         <v>Bolor-Erkhem Munkhjargal</v>
       </c>
       <c r="E8">
         <v>3</v>
       </c>
       <c r="F8">
         <v>30</v>
       </c>
       <c r="G8">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H8">
         <v>300831</v>
       </c>
       <c r="I8" t="str">
         <v>bolor307</v>
       </c>
       <c r="J8">
         <v>3</v>
       </c>
       <c r="K8">
         <v>30</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA3</v>
       </c>
       <c r="B9" t="str">
         <v>DUP</v>
       </c>
       <c r="D9" t="str">
         <v>Bolor-Erkhem Munkhjargal</v>
       </c>
       <c r="E9">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F9">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="G9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H9">
         <v>300831</v>
       </c>
       <c r="I9" t="str">
         <v>bolor307</v>
       </c>
       <c r="J9">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="K9">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="L9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA3</v>
       </c>
       <c r="B10" t="str">
         <v>DUP</v>
       </c>
       <c r="D10" t="str">
         <v>Bolor-Erkhem Munkhjargal</v>
       </c>
       <c r="E10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F10">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G10">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H10">
         <v>300831</v>
       </c>
       <c r="I10" t="str">
         <v>bolor307</v>
       </c>
       <c r="J10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K10">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T10">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA3</v>
       </c>
       <c r="B11" t="str">
         <v>DUP</v>
       </c>
       <c r="D11" t="str">
-        <v>Dembee Tsogoo</v>
+        <v>Bolor-Erkhem Munkhjargal</v>
       </c>
       <c r="E11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F11">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="G11">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="H11">
+        <v>300831</v>
       </c>
       <c r="I11" t="str">
-        <v>dembee</v>
+        <v>bolor307</v>
       </c>
       <c r="J11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K11">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="L11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>MJ18</v>
+        <v>MA3</v>
       </c>
       <c r="B12" t="str">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>DUP</v>
       </c>
       <c r="D12" t="str">
-        <v>Narankhuu Battur</v>
+        <v>Bolor-Erkhem Munkhjargal</v>
       </c>
       <c r="E12">
-        <v>7</v>
+        <v>-5</v>
       </c>
       <c r="F12">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="G12">
         <v>2</v>
       </c>
+      <c r="H12">
+        <v>300831</v>
+      </c>
       <c r="I12" t="str">
-        <v>n1n1n1n1n11n</v>
+        <v>bolor307</v>
       </c>
       <c r="J12">
-        <v>7</v>
+        <v>-5</v>
       </c>
       <c r="K12">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="L12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P12">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T12">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>MJ18</v>
+        <v>MA3</v>
       </c>
       <c r="B13" t="str">
         <v>DUP</v>
       </c>
       <c r="D13" t="str">
-        <v>Narankhuu Battur</v>
+        <v>Bolor-Erkhem Munkhjargal</v>
       </c>
       <c r="E13">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F13">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="G13">
-        <v>3</v>
+        <v>1</v>
+      </c>
+      <c r="H13">
+        <v>300831</v>
       </c>
       <c r="I13" t="str">
-        <v>n1n1n1n1n11n</v>
+        <v>bolor307</v>
       </c>
       <c r="J13">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="K13">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T13">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>MJ18</v>
+        <v>MA3</v>
       </c>
       <c r="B14" t="str">
         <v>DUP</v>
       </c>
       <c r="D14" t="str">
+        <v>Dembee Tsogoo</v>
+      </c>
+      <c r="E14">
+        <v>3</v>
+      </c>
+      <c r="F14">
+        <v>30</v>
+      </c>
+      <c r="G14">
+        <v>2</v>
+      </c>
+      <c r="I14" t="str">
+        <v>dembee</v>
+      </c>
+      <c r="J14">
+        <v>3</v>
+      </c>
+      <c r="K14">
+        <v>30</v>
+      </c>
+      <c r="L14">
+        <v>4</v>
+      </c>
+      <c r="M14">
+        <v>3</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>4</v>
+      </c>
+      <c r="Q14">
+        <v>3</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+      <c r="T14">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v>MJ18</v>
+      </c>
+      <c r="B15" t="str">
+        <v>1</v>
+      </c>
+      <c r="C15">
+        <v>1</v>
+      </c>
+      <c r="D15" t="str">
         <v>Narankhuu Battur</v>
       </c>
-      <c r="E14">
+      <c r="E15">
+        <v>7</v>
+      </c>
+      <c r="F15">
+        <v>34</v>
+      </c>
+      <c r="G15">
+        <v>2</v>
+      </c>
+      <c r="I15" t="str">
+        <v>n1n1n1n1n11n</v>
+      </c>
+      <c r="J15">
+        <v>7</v>
+      </c>
+      <c r="K15">
+        <v>34</v>
+      </c>
+      <c r="L15">
+        <v>4</v>
+      </c>
+      <c r="M15">
+        <v>3</v>
+      </c>
+      <c r="N15">
+        <v>4</v>
+      </c>
+      <c r="O15">
+        <v>4</v>
+      </c>
+      <c r="P15">
+        <v>5</v>
+      </c>
+      <c r="Q15">
+        <v>3</v>
+      </c>
+      <c r="R15">
+        <v>3</v>
+      </c>
+      <c r="S15">
+        <v>3</v>
+      </c>
+      <c r="T15">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v>MJ18</v>
+      </c>
+      <c r="B16" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D16" t="str">
+        <v>Narankhuu Battur</v>
+      </c>
+      <c r="E16">
+        <v>8</v>
+      </c>
+      <c r="F16">
+        <v>35</v>
+      </c>
+      <c r="G16">
+        <v>3</v>
+      </c>
+      <c r="I16" t="str">
+        <v>n1n1n1n1n11n</v>
+      </c>
+      <c r="J16">
+        <v>8</v>
+      </c>
+      <c r="K16">
+        <v>35</v>
+      </c>
+      <c r="L16">
+        <v>4</v>
+      </c>
+      <c r="M16">
+        <v>4</v>
+      </c>
+      <c r="N16">
+        <v>4</v>
+      </c>
+      <c r="O16">
+        <v>4</v>
+      </c>
+      <c r="P16">
+        <v>4</v>
+      </c>
+      <c r="Q16">
+        <v>4</v>
+      </c>
+      <c r="R16">
+        <v>4</v>
+      </c>
+      <c r="S16">
+        <v>3</v>
+      </c>
+      <c r="T16">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v>MJ18</v>
+      </c>
+      <c r="B17" t="str">
+        <v>DUP</v>
+      </c>
+      <c r="D17" t="str">
+        <v>Narankhuu Battur</v>
+      </c>
+      <c r="E17">
         <v>10</v>
       </c>
-      <c r="F14">
+      <c r="F17">
         <v>37</v>
       </c>
-      <c r="G14">
+      <c r="G17">
         <v>1</v>
       </c>
-      <c r="I14" t="str">
+      <c r="I17" t="str">
         <v>n1n1n1n1n11n</v>
       </c>
-      <c r="J14">
+      <c r="J17">
         <v>10</v>
       </c>
-      <c r="K14">
+      <c r="K17">
         <v>37</v>
       </c>
-      <c r="L14">
+      <c r="L17">
         <v>5</v>
       </c>
-      <c r="M14">
-[...5 lines deleted...]
-      <c r="O14">
+      <c r="M17">
+        <v>3</v>
+      </c>
+      <c r="N17">
+        <v>4</v>
+      </c>
+      <c r="O17">
         <v>5</v>
       </c>
-      <c r="P14">
+      <c r="P17">
         <v>5</v>
       </c>
-      <c r="Q14">
+      <c r="Q17">
         <v>5</v>
       </c>
-      <c r="R14">
-[...5 lines deleted...]
-      <c r="T14">
+      <c r="R17">
+        <v>4</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+      <c r="T17">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:T14"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:T17"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 