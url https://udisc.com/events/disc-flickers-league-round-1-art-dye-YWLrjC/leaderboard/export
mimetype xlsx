--- v0 (2025-11-05)
+++ v1 (2026-02-15)
@@ -996,50 +996,53 @@
         <v>3</v>
       </c>
       <c r="AF6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
         <v>6</v>
       </c>
       <c r="G7">
         <v>6</v>
       </c>
       <c r="H7" t="str">
         <v>Jessica Tobian</v>
       </c>
       <c r="I7">
         <v>28</v>
       </c>
       <c r="J7">
         <v>83</v>
       </c>
+      <c r="K7">
+        <v>315938</v>
+      </c>
       <c r="L7" t="str">
         <v>jessirae</v>
       </c>
       <c r="M7">
         <v>28</v>
       </c>
       <c r="N7">
         <v>83</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>
       <c r="Q7">
         <v>5</v>
       </c>
       <c r="R7">
         <v>4</v>
       </c>
       <c r="S7">
         <v>5</v>
       </c>
       <c r="T7">