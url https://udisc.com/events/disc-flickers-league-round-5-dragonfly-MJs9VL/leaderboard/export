--- v0 (2025-12-16)
+++ v1 (2026-02-15)
@@ -1166,50 +1166,53 @@
       </c>
       <c r="C8">
         <v>4</v>
       </c>
       <c r="D8">
         <v>-28</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
         <v>7</v>
       </c>
       <c r="G8">
         <v>7</v>
       </c>
       <c r="H8" t="str">
         <v>Jessica Tobian</v>
       </c>
       <c r="I8">
         <v>32</v>
       </c>
       <c r="J8">
         <v>89</v>
       </c>
+      <c r="K8">
+        <v>315938</v>
+      </c>
       <c r="L8" t="str">
         <v>jessirae</v>
       </c>
       <c r="M8">
         <v>32</v>
       </c>
       <c r="N8">
         <v>89</v>
       </c>
       <c r="O8">
         <v>6</v>
       </c>
       <c r="P8">
         <v>6</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
         <v>4</v>
       </c>
       <c r="S8">
         <v>5</v>
       </c>
       <c r="T8">