--- v0 (2025-11-19)
+++ v1 (2026-02-25)
@@ -2517,50 +2517,53 @@
         <v>1</v>
       </c>
       <c r="AC30">
         <v>1</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>Adv</v>
       </c>
       <c r="B31" t="str">
         <v>DNF</v>
       </c>
       <c r="D31" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E31">
         <v>-27</v>
       </c>
       <c r="F31">
         <v>18</v>
       </c>
       <c r="G31">
         <v>2</v>
       </c>
+      <c r="H31">
+        <v>319039</v>
+      </c>
       <c r="I31" t="str">
         <v>moneypityj</v>
       </c>
       <c r="J31">
         <v>-27</v>
       </c>
       <c r="K31">
         <v>18</v>
       </c>
       <c r="L31">
         <v>1</v>
       </c>
       <c r="M31">
         <v>2</v>
       </c>
       <c r="N31">
         <v>1</v>
       </c>
       <c r="O31">
         <v>1</v>
       </c>
       <c r="Q31">
         <v>1</v>
       </c>
       <c r="R31">
@@ -2958,182 +2961,185 @@
       </c>
       <c r="U37">
         <v>2</v>
       </c>
       <c r="X37">
         <v>2</v>
       </c>
       <c r="Z37">
         <v>2</v>
       </c>
       <c r="AB37">
         <v>3</v>
       </c>
       <c r="AC37">
         <v>2</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>Adv</v>
       </c>
       <c r="B38" t="str">
         <v>DNF</v>
       </c>
       <c r="D38" t="str">
-        <v>Christopher Dewar</v>
+        <v>Corey Gonzales</v>
       </c>
       <c r="E38">
-        <v>-20</v>
+        <v>-25</v>
       </c>
       <c r="F38">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="G38">
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="H38">
+        <v>319039</v>
       </c>
       <c r="I38" t="str">
-        <v>dewdew11</v>
+        <v>moneypityj</v>
       </c>
       <c r="J38">
-        <v>-20</v>
+        <v>-25</v>
       </c>
       <c r="K38">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="L38">
         <v>2</v>
       </c>
       <c r="M38">
         <v>2</v>
       </c>
       <c r="N38">
         <v>1</v>
       </c>
       <c r="O38">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="P38">
+        <v>1</v>
+      </c>
+      <c r="Q38">
+        <v>1</v>
+      </c>
+      <c r="R38">
+        <v>1</v>
+      </c>
+      <c r="S38">
         <v>1</v>
       </c>
       <c r="T38">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="U38">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="V38">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="W38">
         <v>1</v>
       </c>
       <c r="X38">
-        <v>2</v>
-[...4 lines deleted...]
-      <c r="Z38">
         <v>1</v>
       </c>
       <c r="AA38">
         <v>1</v>
       </c>
       <c r="AC38">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>Adv</v>
       </c>
       <c r="B39" t="str">
         <v>DNF</v>
       </c>
       <c r="D39" t="str">
-        <v>Corey Gonzales</v>
+        <v>Christopher Dewar</v>
       </c>
       <c r="E39">
-        <v>-25</v>
+        <v>-20</v>
       </c>
       <c r="F39">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="G39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I39" t="str">
-        <v>moneypityj</v>
+        <v>dewdew11</v>
       </c>
       <c r="J39">
-        <v>-25</v>
+        <v>-20</v>
       </c>
       <c r="K39">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="L39">
         <v>2</v>
       </c>
       <c r="M39">
         <v>2</v>
       </c>
       <c r="N39">
         <v>1</v>
       </c>
       <c r="O39">
-        <v>1</v>
-[...7 lines deleted...]
-      <c r="S39">
+        <v>3</v>
+      </c>
+      <c r="P39">
         <v>1</v>
       </c>
       <c r="T39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="U39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="V39">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="W39">
         <v>1</v>
       </c>
       <c r="X39">
+        <v>2</v>
+      </c>
+      <c r="Y39">
+        <v>1</v>
+      </c>
+      <c r="Z39">
         <v>1</v>
       </c>
       <c r="AA39">
         <v>1</v>
       </c>
       <c r="AC39">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>Adv</v>
       </c>
       <c r="B40" t="str">
         <v>DNF</v>
       </c>
       <c r="D40" t="str">
         <v>Matthew Orban</v>
       </c>
       <c r="E40">
         <v>-19</v>
       </c>
       <c r="F40">
         <v>26</v>
       </c>
       <c r="G40">
         <v>1</v>
       </c>
       <c r="H40">
         <v>312044</v>
       </c>
       <c r="I40" t="str">