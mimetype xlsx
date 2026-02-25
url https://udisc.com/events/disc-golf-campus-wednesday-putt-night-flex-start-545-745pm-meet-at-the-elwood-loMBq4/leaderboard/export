--- v0 (2025-12-14)
+++ v1 (2026-02-25)
@@ -1590,50 +1590,53 @@
         <v>2</v>
       </c>
       <c r="AC15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Adv</v>
       </c>
       <c r="B16" t="str">
         <v>DNF</v>
       </c>
       <c r="D16" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E16">
         <v>-20</v>
       </c>
       <c r="F16">
         <v>22</v>
       </c>
       <c r="G16">
         <v>2</v>
       </c>
+      <c r="H16">
+        <v>319039</v>
+      </c>
       <c r="I16" t="str">
         <v>moneypityj</v>
       </c>
       <c r="J16">
         <v>-20</v>
       </c>
       <c r="K16">
         <v>22</v>
       </c>
       <c r="M16">
         <v>2</v>
       </c>
       <c r="N16">
         <v>1</v>
       </c>
       <c r="O16">
         <v>1</v>
       </c>
       <c r="P16">
         <v>2</v>
       </c>
       <c r="R16">
         <v>1</v>
       </c>
       <c r="S16">
@@ -1959,50 +1962,53 @@
       <c r="AB20">
         <v>2</v>
       </c>
       <c r="AC20">
         <v>1</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>Adv</v>
       </c>
       <c r="B21" t="str">
         <v>DNF</v>
       </c>
       <c r="D21" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E21">
         <v>-20</v>
       </c>
       <c r="F21">
         <v>19</v>
       </c>
       <c r="G21">
         <v>1</v>
+      </c>
+      <c r="H21">
+        <v>319039</v>
       </c>
       <c r="I21" t="str">
         <v>moneypityj</v>
       </c>
       <c r="J21">
         <v>-20</v>
       </c>
       <c r="K21">
         <v>19</v>
       </c>
       <c r="M21">
         <v>2</v>
       </c>
       <c r="O21">
         <v>1</v>
       </c>
       <c r="P21">
         <v>3</v>
       </c>
       <c r="Q21">
         <v>2</v>
       </c>
       <c r="R21">
         <v>1</v>
       </c>