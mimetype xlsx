--- v0 (2025-11-19)
+++ v1 (2026-02-25)
@@ -2102,50 +2102,53 @@
         <v>2</v>
       </c>
       <c r="AC22">
         <v>2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>Adv</v>
       </c>
       <c r="B23" t="str">
         <v>DNF</v>
       </c>
       <c r="D23" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E23">
         <v>-28</v>
       </c>
       <c r="F23">
         <v>23</v>
       </c>
       <c r="G23">
         <v>2</v>
       </c>
+      <c r="H23">
+        <v>319039</v>
+      </c>
       <c r="I23" t="str">
         <v>moneypityj</v>
       </c>
       <c r="J23">
         <v>-28</v>
       </c>
       <c r="K23">
         <v>23</v>
       </c>
       <c r="L23">
         <v>1</v>
       </c>
       <c r="M23">
         <v>2</v>
       </c>
       <c r="N23">
         <v>1</v>
       </c>
       <c r="O23">
         <v>1</v>
       </c>
       <c r="P23">
         <v>2</v>
       </c>
       <c r="Q23">
@@ -2299,50 +2302,53 @@
       <c r="Y25">
         <v>2</v>
       </c>
       <c r="AB25">
         <v>1</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>Adv</v>
       </c>
       <c r="B26" t="str">
         <v>DNF</v>
       </c>
       <c r="D26" t="str">
         <v>Corey Gonzales</v>
       </c>
       <c r="E26">
         <v>-16</v>
       </c>
       <c r="F26">
         <v>14</v>
       </c>
       <c r="G26">
         <v>1</v>
+      </c>
+      <c r="H26">
+        <v>319039</v>
       </c>
       <c r="I26" t="str">
         <v>moneypityj</v>
       </c>
       <c r="J26">
         <v>-16</v>
       </c>
       <c r="K26">
         <v>14</v>
       </c>
       <c r="M26">
         <v>2</v>
       </c>
       <c r="O26">
         <v>1</v>
       </c>
       <c r="P26">
         <v>1</v>
       </c>
       <c r="R26">
         <v>2</v>
       </c>
       <c r="S26">
         <v>2</v>
       </c>