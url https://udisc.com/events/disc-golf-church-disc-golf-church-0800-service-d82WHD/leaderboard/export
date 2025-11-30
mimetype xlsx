--- v0 (2025-11-03)
+++ v1 (2025-11-30)
@@ -2852,51 +2852,51 @@
       </c>
       <c r="AG24">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="E25" t="str">
         <v>Flock</v>
       </c>
       <c r="F25" t="str">
         <v>23</v>
       </c>
       <c r="G25">
         <v>23</v>
       </c>
       <c r="H25" t="str">
         <v>Zach Adkins</v>
       </c>
       <c r="I25">
         <v>13</v>
       </c>
       <c r="J25">
         <v>71</v>
       </c>
       <c r="L25" t="str">
-        <v>zachattack430</v>
+        <v>lumberzach430</v>
       </c>
       <c r="M25">
         <v>13</v>
       </c>
       <c r="N25">
         <v>71</v>
       </c>
       <c r="O25">
         <v>5</v>
       </c>
       <c r="P25">
         <v>4</v>
       </c>
       <c r="Q25">
         <v>4</v>
       </c>
       <c r="R25">
         <v>4</v>
       </c>
       <c r="S25">
         <v>5</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>