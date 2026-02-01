--- v0 (2025-10-13)
+++ v1 (2026-02-01)
@@ -3176,51 +3176,51 @@
       <c r="D28">
         <v>2</v>
       </c>
       <c r="E28" t="str">
         <v>Flock</v>
       </c>
       <c r="F28" t="str">
         <v>T25</v>
       </c>
       <c r="G28">
         <v>25</v>
       </c>
       <c r="H28" t="str">
         <v>Aaron McKinney</v>
       </c>
       <c r="I28">
         <v>2</v>
       </c>
       <c r="J28">
         <v>60</v>
       </c>
       <c r="K28">
         <v>131392</v>
       </c>
       <c r="L28" t="str">
-        <v>aa131393</v>
+        <v>aaceron</v>
       </c>
       <c r="M28">
         <v>2</v>
       </c>
       <c r="N28">
         <v>60</v>
       </c>
       <c r="O28">
         <v>4</v>
       </c>
       <c r="P28">
         <v>2</v>
       </c>
       <c r="Q28">
         <v>3</v>
       </c>
       <c r="R28">
         <v>3</v>
       </c>
       <c r="S28">
         <v>4</v>
       </c>
       <c r="T28">
         <v>3</v>
       </c>