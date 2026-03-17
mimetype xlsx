--- v0 (2026-01-29)
+++ v1 (2026-03-17)
@@ -1546,50 +1546,53 @@
       </c>
       <c r="C12">
         <v>0</v>
       </c>
       <c r="D12">
         <v>-9</v>
       </c>
       <c r="E12" t="str">
         <v>MA3</v>
       </c>
       <c r="F12" t="str">
         <v>T4</v>
       </c>
       <c r="G12">
         <v>4</v>
       </c>
       <c r="H12" t="str">
         <v>Nicolas Cayuela</v>
       </c>
       <c r="I12">
         <v>9</v>
       </c>
       <c r="J12">
         <v>65</v>
       </c>
+      <c r="K12">
+        <v>322948</v>
+      </c>
       <c r="L12" t="str">
         <v>nicdgolf</v>
       </c>
       <c r="M12">
         <v>9</v>
       </c>
       <c r="N12">
         <v>65</v>
       </c>
       <c r="O12">
         <v>4</v>
       </c>
       <c r="P12">
         <v>4</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>4</v>
       </c>
       <c r="T12">