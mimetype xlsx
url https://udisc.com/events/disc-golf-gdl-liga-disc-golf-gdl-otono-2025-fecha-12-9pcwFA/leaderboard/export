--- v0 (2026-01-09)
+++ v1 (2026-01-29)
@@ -2220,50 +2220,53 @@
       </c>
       <c r="C19">
         <v>7</v>
       </c>
       <c r="D19">
         <v>-3</v>
       </c>
       <c r="E19" t="str">
         <v>MA3</v>
       </c>
       <c r="F19" t="str">
         <v>5</v>
       </c>
       <c r="G19">
         <v>5</v>
       </c>
       <c r="H19" t="str">
         <v xml:space="preserve">Fer Fernández </v>
       </c>
       <c r="I19">
         <v>10</v>
       </c>
       <c r="J19">
         <v>69</v>
       </c>
+      <c r="K19">
+        <v>318153</v>
+      </c>
       <c r="L19" t="str">
         <v>fermin176</v>
       </c>
       <c r="M19">
         <v>10</v>
       </c>
       <c r="N19">
         <v>69</v>
       </c>
       <c r="O19">
         <v>5</v>
       </c>
       <c r="P19">
         <v>4</v>
       </c>
       <c r="Q19">
         <v>5</v>
       </c>
       <c r="R19">
         <v>2</v>
       </c>
       <c r="S19">
         <v>4</v>
       </c>
       <c r="T19">