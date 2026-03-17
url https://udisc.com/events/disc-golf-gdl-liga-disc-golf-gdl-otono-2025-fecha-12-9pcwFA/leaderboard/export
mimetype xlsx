--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -1935,50 +1935,53 @@
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16">
         <v>-6</v>
       </c>
       <c r="E16" t="str">
         <v>MA3</v>
       </c>
       <c r="F16" t="str">
         <v>3</v>
       </c>
       <c r="G16">
         <v>3</v>
       </c>
       <c r="H16" t="str">
         <v>Nicolas Cayuela</v>
       </c>
       <c r="I16">
         <v>7</v>
       </c>
       <c r="J16">
         <v>66</v>
       </c>
+      <c r="K16">
+        <v>322948</v>
+      </c>
       <c r="L16" t="str">
         <v>nicdgolf</v>
       </c>
       <c r="M16">
         <v>7</v>
       </c>
       <c r="N16">
         <v>66</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
         <v>2</v>
       </c>
       <c r="R16">
         <v>5</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">