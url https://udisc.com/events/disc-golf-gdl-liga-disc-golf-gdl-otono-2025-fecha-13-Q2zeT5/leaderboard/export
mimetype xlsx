--- v0 (2026-01-09)
+++ v1 (2026-01-29)
@@ -1638,50 +1638,53 @@
       </c>
       <c r="C13">
         <v>4</v>
       </c>
       <c r="D13">
         <v>-3</v>
       </c>
       <c r="E13" t="str">
         <v>MA3</v>
       </c>
       <c r="F13" t="str">
         <v>3</v>
       </c>
       <c r="G13">
         <v>3</v>
       </c>
       <c r="H13" t="str">
         <v xml:space="preserve">Fer Fernández </v>
       </c>
       <c r="I13">
         <v>7</v>
       </c>
       <c r="J13">
         <v>66</v>
       </c>
+      <c r="K13">
+        <v>318153</v>
+      </c>
       <c r="L13" t="str">
         <v>fermin176</v>
       </c>
       <c r="M13">
         <v>7</v>
       </c>
       <c r="N13">
         <v>66</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
       <c r="P13">
         <v>4</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
         <v>4</v>
       </c>
       <c r="T13">