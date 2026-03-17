--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -1445,50 +1445,53 @@
       </c>
       <c r="C11">
         <v>3</v>
       </c>
       <c r="D11">
         <v>-7</v>
       </c>
       <c r="E11" t="str">
         <v>MA3</v>
       </c>
       <c r="F11" t="str">
         <v>5</v>
       </c>
       <c r="G11">
         <v>5</v>
       </c>
       <c r="H11" t="str">
         <v>Nicolas Cayuela</v>
       </c>
       <c r="I11">
         <v>10</v>
       </c>
       <c r="J11">
         <v>69</v>
       </c>
+      <c r="K11">
+        <v>322948</v>
+      </c>
       <c r="L11" t="str">
         <v>nicdgolf</v>
       </c>
       <c r="M11">
         <v>10</v>
       </c>
       <c r="N11">
         <v>69</v>
       </c>
       <c r="O11">
         <v>5</v>
       </c>
       <c r="P11">
         <v>4</v>
       </c>
       <c r="Q11">
         <v>4</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">