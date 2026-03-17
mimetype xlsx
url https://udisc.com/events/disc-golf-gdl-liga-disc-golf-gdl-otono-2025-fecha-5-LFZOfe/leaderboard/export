--- v0 (2025-10-06)
+++ v1 (2026-03-17)
@@ -578,50 +578,53 @@
       </c>
       <c r="C2">
         <v>-5</v>
       </c>
       <c r="D2">
         <v>-11</v>
       </c>
       <c r="E2" t="str">
         <v>MA3</v>
       </c>
       <c r="F2" t="str">
         <v>3</v>
       </c>
       <c r="G2">
         <v>3</v>
       </c>
       <c r="H2" t="str">
         <v>Nicolas Cayuela</v>
       </c>
       <c r="I2">
         <v>6</v>
       </c>
       <c r="J2">
         <v>65</v>
       </c>
+      <c r="K2">
+        <v>322948</v>
+      </c>
       <c r="L2" t="str">
         <v>nicdgolf</v>
       </c>
       <c r="M2">
         <v>6</v>
       </c>
       <c r="N2">
         <v>65</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
       <c r="Q2">
         <v>4</v>
       </c>
       <c r="R2">
         <v>4</v>
       </c>
       <c r="S2">
         <v>5</v>
       </c>
       <c r="T2">
@@ -1248,50 +1251,53 @@
         <v>8</v>
       </c>
       <c r="C9">
         <v>0</v>
       </c>
       <c r="D9">
         <v>-5</v>
       </c>
       <c r="E9" t="str">
         <v>MA3</v>
       </c>
       <c r="F9" t="str">
         <v>T1</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9" t="str">
         <v xml:space="preserve">Fer Fernández </v>
       </c>
       <c r="I9">
         <v>5</v>
       </c>
       <c r="J9">
         <v>64</v>
+      </c>
+      <c r="K9">
+        <v>318153</v>
       </c>
       <c r="L9" t="str">
         <v>fermin176</v>
       </c>
       <c r="M9">
         <v>5</v>
       </c>
       <c r="N9">
         <v>64</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
         <v>5</v>
       </c>