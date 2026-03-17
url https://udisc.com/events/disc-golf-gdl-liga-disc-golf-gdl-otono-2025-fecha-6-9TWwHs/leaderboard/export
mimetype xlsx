--- v0 (2025-10-06)
+++ v1 (2026-03-17)
@@ -1056,50 +1056,53 @@
       </c>
       <c r="C7">
         <v>-5</v>
       </c>
       <c r="D7">
         <v>-10</v>
       </c>
       <c r="E7" t="str">
         <v>MA3</v>
       </c>
       <c r="F7" t="str">
         <v>T3</v>
       </c>
       <c r="G7">
         <v>3</v>
       </c>
       <c r="H7" t="str">
         <v>Nicolas Cayuela</v>
       </c>
       <c r="I7">
         <v>5</v>
       </c>
       <c r="J7">
         <v>64</v>
       </c>
+      <c r="K7">
+        <v>322948</v>
+      </c>
       <c r="L7" t="str">
         <v>nicdgolf</v>
       </c>
       <c r="M7">
         <v>5</v>
       </c>
       <c r="N7">
         <v>64</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>2</v>
       </c>
       <c r="R7">
         <v>4</v>
       </c>
       <c r="S7">
         <v>4</v>
       </c>
       <c r="T7">
@@ -2688,50 +2691,53 @@
         <v>22</v>
       </c>
       <c r="C24">
         <v>3</v>
       </c>
       <c r="D24">
         <v>-4</v>
       </c>
       <c r="E24" t="str">
         <v>MA3</v>
       </c>
       <c r="F24" t="str">
         <v>T5</v>
       </c>
       <c r="G24">
         <v>5</v>
       </c>
       <c r="H24" t="str">
         <v xml:space="preserve">Fer Fernández </v>
       </c>
       <c r="I24">
         <v>7</v>
       </c>
       <c r="J24">
         <v>66</v>
+      </c>
+      <c r="K24">
+        <v>318153</v>
       </c>
       <c r="L24" t="str">
         <v>fermin176</v>
       </c>
       <c r="M24">
         <v>7</v>
       </c>
       <c r="N24">
         <v>66</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>4</v>
       </c>
       <c r="Q24">
         <v>3</v>
       </c>
       <c r="R24">
         <v>4</v>
       </c>
       <c r="S24">
         <v>4</v>
       </c>