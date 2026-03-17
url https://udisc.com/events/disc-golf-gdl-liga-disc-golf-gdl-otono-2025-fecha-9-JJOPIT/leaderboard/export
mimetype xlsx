--- v0 (2025-11-01)
+++ v1 (2026-03-17)
@@ -2309,50 +2309,53 @@
       </c>
       <c r="C20">
         <v>1</v>
       </c>
       <c r="D20">
         <v>-3</v>
       </c>
       <c r="E20" t="str">
         <v>MA3</v>
       </c>
       <c r="F20" t="str">
         <v>3</v>
       </c>
       <c r="G20">
         <v>3</v>
       </c>
       <c r="H20" t="str">
         <v xml:space="preserve">Fer Fernández </v>
       </c>
       <c r="I20">
         <v>4</v>
       </c>
       <c r="J20">
         <v>63</v>
       </c>
+      <c r="K20">
+        <v>318153</v>
+      </c>
       <c r="L20" t="str">
         <v>fermin176</v>
       </c>
       <c r="M20">
         <v>4</v>
       </c>
       <c r="N20">
         <v>63</v>
       </c>
       <c r="O20">
         <v>5</v>
       </c>
       <c r="P20">
         <v>4</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
         <v>2</v>
       </c>
       <c r="S20">
         <v>3</v>
       </c>
       <c r="T20">