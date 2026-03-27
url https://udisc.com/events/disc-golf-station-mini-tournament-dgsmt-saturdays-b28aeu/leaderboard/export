--- v0 (2025-10-20)
+++ v1 (2026-03-27)
@@ -2501,50 +2501,53 @@
         <v>4</v>
       </c>
       <c r="AB24">
         <v>2</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>Am3</v>
       </c>
       <c r="B25" t="str">
         <v>2</v>
       </c>
       <c r="C25">
         <v>2</v>
       </c>
       <c r="D25" t="str">
         <v>Easton Tally</v>
       </c>
       <c r="E25">
         <v>13</v>
       </c>
       <c r="F25">
         <v>67</v>
       </c>
+      <c r="G25">
+        <v>253733</v>
+      </c>
       <c r="H25" t="str">
         <v>eastontally</v>
       </c>
       <c r="I25">
         <v>13</v>
       </c>
       <c r="J25">
         <v>67</v>
       </c>
       <c r="K25">
         <v>5</v>
       </c>
       <c r="L25">
         <v>4</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>3</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">