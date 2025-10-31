--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1546,50 +1546,53 @@
       </c>
       <c r="C12">
         <v>5</v>
       </c>
       <c r="D12">
         <v>-1</v>
       </c>
       <c r="E12" t="str">
         <v>Men</v>
       </c>
       <c r="F12" t="str">
         <v>T9</v>
       </c>
       <c r="G12">
         <v>9</v>
       </c>
       <c r="H12" t="str">
         <v>Darren Dippolito</v>
       </c>
       <c r="I12">
         <v>6</v>
       </c>
       <c r="J12">
         <v>63</v>
       </c>
+      <c r="K12">
+        <v>289179</v>
+      </c>
       <c r="L12" t="str">
         <v>dmd6991</v>
       </c>
       <c r="M12">
         <v>6</v>
       </c>
       <c r="N12">
         <v>63</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>4</v>
       </c>
       <c r="T12">