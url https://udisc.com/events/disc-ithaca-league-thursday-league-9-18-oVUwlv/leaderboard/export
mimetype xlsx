--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -768,50 +768,53 @@
       </c>
       <c r="C4">
         <v>-6</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="E4" t="str">
         <v>Men</v>
       </c>
       <c r="F4" t="str">
         <v>T2</v>
       </c>
       <c r="G4">
         <v>2</v>
       </c>
       <c r="H4" t="str">
         <v>Darren Dippolito</v>
       </c>
       <c r="I4">
         <v>-6</v>
       </c>
       <c r="J4">
         <v>51</v>
       </c>
+      <c r="K4">
+        <v>289179</v>
+      </c>
       <c r="L4" t="str">
         <v>dmd6991</v>
       </c>
       <c r="M4">
         <v>-6</v>
       </c>
       <c r="N4">
         <v>51</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">