--- v0 (2025-12-17)
+++ v1 (2026-02-05)
@@ -803,51 +803,51 @@
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Kasen England</v>
       </c>
       <c r="E5">
         <v>12</v>
       </c>
       <c r="F5">
         <v>69</v>
       </c>
       <c r="H5" t="str">
-        <v>englandkasen</v>
+        <v>minnow02</v>
       </c>
       <c r="I5">
         <v>12</v>
       </c>
       <c r="J5">
         <v>69</v>
       </c>
       <c r="K5">
         <v>5</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>