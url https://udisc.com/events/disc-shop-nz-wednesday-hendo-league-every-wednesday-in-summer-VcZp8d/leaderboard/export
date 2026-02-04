--- v0 (2026-01-12)
+++ v1 (2026-02-04)
@@ -1090,51 +1090,51 @@
       <c r="D9">
         <v>-1</v>
       </c>
       <c r="E9" t="str">
         <v>MA1</v>
       </c>
       <c r="F9" t="str">
         <v>T9</v>
       </c>
       <c r="G9">
         <v>9</v>
       </c>
       <c r="H9" t="str">
         <v>Frank aso</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9">
         <v>35</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="M9" t="str">
-        <v>frankaso</v>
+        <v>roysuter69</v>
       </c>
       <c r="N9">
         <v>0</v>
       </c>
       <c r="O9">
         <v>35</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
         <v>4</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
         <v>4</v>
       </c>
       <c r="T9">
         <v>4</v>
       </c>
       <c r="U9">
         <v>4</v>
       </c>