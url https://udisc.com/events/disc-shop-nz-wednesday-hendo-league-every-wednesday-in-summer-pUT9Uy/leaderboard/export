--- v0 (2026-01-12)
+++ v1 (2026-02-04)
@@ -1611,51 +1611,51 @@
       <c r="D16">
         <v>-2</v>
       </c>
       <c r="E16" t="str">
         <v>MA1</v>
       </c>
       <c r="F16" t="str">
         <v>12</v>
       </c>
       <c r="G16">
         <v>12</v>
       </c>
       <c r="H16" t="str">
         <v>Frank aso</v>
       </c>
       <c r="I16">
         <v>3</v>
       </c>
       <c r="J16">
         <v>35</v>
       </c>
       <c r="K16">
         <v>1</v>
       </c>
       <c r="M16" t="str">
-        <v>frankaso</v>
+        <v>roysuter69</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>35</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
         <v>6</v>
       </c>
       <c r="R16">
         <v>2</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
         <v>4</v>
       </c>
       <c r="U16">
         <v>3</v>
       </c>