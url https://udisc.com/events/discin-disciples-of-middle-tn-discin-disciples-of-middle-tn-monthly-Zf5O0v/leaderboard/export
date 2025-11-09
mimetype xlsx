--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -1580,51 +1580,51 @@
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>INT</v>
       </c>
       <c r="B14" t="str">
         <v>2</v>
       </c>
       <c r="C14">
         <v>2</v>
       </c>
       <c r="D14" t="str">
         <v>Patrick Wilkinson</v>
       </c>
       <c r="E14">
         <v>5</v>
       </c>
       <c r="F14">
         <v>67</v>
       </c>
       <c r="G14">
         <v>241391</v>
       </c>
       <c r="H14" t="str">
-        <v>psw245860</v>
+        <v>patrickwil</v>
       </c>
       <c r="I14">
         <v>5</v>
       </c>
       <c r="J14">
         <v>67</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>5</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>