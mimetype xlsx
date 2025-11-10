--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -6286,50 +6286,53 @@
         <v>4</v>
       </c>
       <c r="T70">
         <v>3</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="str">
         <v>MJ15</v>
       </c>
       <c r="B71" t="str">
         <v>1</v>
       </c>
       <c r="C71">
         <v>1</v>
       </c>
       <c r="D71" t="str">
         <v>CJ Schneider</v>
       </c>
       <c r="E71">
         <v>2</v>
       </c>
       <c r="F71">
         <v>56</v>
       </c>
+      <c r="G71">
+        <v>251170</v>
+      </c>
       <c r="H71" t="str">
         <v>cjschneider</v>
       </c>
       <c r="I71">
         <v>2</v>
       </c>
       <c r="J71">
         <v>56</v>
       </c>
       <c r="K71">
         <v>3</v>
       </c>
       <c r="L71">
         <v>3</v>
       </c>
       <c r="M71">
         <v>3</v>
       </c>
       <c r="N71">
         <v>5</v>
       </c>
       <c r="O71">
         <v>3</v>
       </c>
       <c r="P71">