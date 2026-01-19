--- v1 (2025-11-10)
+++ v2 (2026-01-19)
@@ -2665,51 +2665,51 @@
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA3</v>
       </c>
       <c r="B27" t="str">
         <v>T8</v>
       </c>
       <c r="C27">
         <v>8</v>
       </c>
       <c r="D27" t="str">
         <v>Jason C</v>
       </c>
       <c r="E27">
         <v>1</v>
       </c>
       <c r="F27">
         <v>55</v>
       </c>
       <c r="G27">
         <v>301013</v>
       </c>
       <c r="H27" t="str">
-        <v>jasonmc824</v>
+        <v>jasonmc301013</v>
       </c>
       <c r="I27">
         <v>1</v>
       </c>
       <c r="J27">
         <v>55</v>
       </c>
       <c r="K27">
         <v>4</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>