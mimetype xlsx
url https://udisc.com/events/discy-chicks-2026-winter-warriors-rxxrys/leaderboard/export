--- v1 (2026-02-07)
+++ v2 (2026-03-14)
@@ -1303,50 +1303,53 @@
         <v>3</v>
       </c>
       <c r="AB10">
         <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Lui S.</v>
       </c>
       <c r="E11">
         <v>17</v>
       </c>
       <c r="F11">
         <v>71</v>
       </c>
+      <c r="G11">
+        <v>320757</v>
+      </c>
       <c r="H11" t="str">
         <v>goalfire</v>
       </c>
       <c r="I11">
         <v>17</v>
       </c>
       <c r="J11">
         <v>71</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>5</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>5</v>
       </c>
       <c r="P11">