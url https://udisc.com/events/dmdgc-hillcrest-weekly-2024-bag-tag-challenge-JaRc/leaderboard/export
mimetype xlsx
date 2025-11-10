--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -6204,51 +6204,51 @@
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>GEN</v>
       </c>
       <c r="B56" t="str">
         <v>T55</v>
       </c>
       <c r="C56">
         <v>55</v>
       </c>
       <c r="D56" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E56">
         <v>2</v>
       </c>
       <c r="F56">
         <v>78</v>
       </c>
       <c r="G56">
         <v>1</v>
       </c>
       <c r="I56" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="J56">
         <v>2</v>
       </c>
       <c r="K56">
         <v>78</v>
       </c>
       <c r="L56">
         <v>4</v>
       </c>
       <c r="M56">
         <v>3</v>
       </c>
       <c r="N56">
         <v>4</v>
       </c>
       <c r="O56">
         <v>2</v>
       </c>
       <c r="P56">
         <v>3</v>
       </c>
       <c r="Q56">
         <v>5</v>
       </c>