--- v1 (2025-11-10)
+++ v2 (2026-01-12)
@@ -4941,554 +4941,557 @@
       </c>
       <c r="AF43">
         <v>3</v>
       </c>
       <c r="AG43">
         <v>3</v>
       </c>
       <c r="AH43">
         <v>3</v>
       </c>
       <c r="AI43">
         <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>GEN</v>
       </c>
       <c r="B44" t="str">
         <v>T43</v>
       </c>
       <c r="C44">
         <v>43</v>
       </c>
       <c r="D44" t="str">
-        <v>Thor Scordelis</v>
+        <v xml:space="preserve">Life Gibson </v>
       </c>
       <c r="E44">
         <v>0</v>
       </c>
       <c r="F44">
         <v>76</v>
       </c>
       <c r="G44">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H44">
-        <v>301363</v>
+        <v>297917</v>
       </c>
       <c r="I44" t="str">
-        <v>tscordelis</v>
+        <v>lifegibson</v>
       </c>
       <c r="J44">
         <v>0</v>
       </c>
       <c r="K44">
         <v>76</v>
       </c>
       <c r="L44">
         <v>4</v>
       </c>
       <c r="M44">
         <v>3</v>
       </c>
       <c r="N44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q44">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R44">
         <v>2</v>
       </c>
       <c r="S44">
         <v>3</v>
       </c>
       <c r="T44">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U44">
         <v>4</v>
       </c>
       <c r="V44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X44">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y44">
         <v>3</v>
       </c>
       <c r="Z44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA44">
         <v>2</v>
       </c>
       <c r="AB44">
         <v>4</v>
       </c>
       <c r="AC44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD44">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AE44">
         <v>3</v>
       </c>
       <c r="AF44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG44">
         <v>3</v>
       </c>
       <c r="AH44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AI44">
         <v>2</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>GEN</v>
       </c>
       <c r="B45" t="str">
         <v>T43</v>
       </c>
       <c r="C45">
         <v>43</v>
       </c>
       <c r="D45" t="str">
-        <v>Alex Green</v>
+        <v>Thor Scordelis</v>
       </c>
       <c r="E45">
         <v>0</v>
       </c>
       <c r="F45">
         <v>76</v>
       </c>
       <c r="G45">
         <v>1</v>
       </c>
+      <c r="H45">
+        <v>301363</v>
+      </c>
       <c r="I45" t="str">
-        <v>mrgreen650</v>
+        <v>tscordelis</v>
       </c>
       <c r="J45">
         <v>0</v>
       </c>
       <c r="K45">
         <v>76</v>
       </c>
       <c r="L45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M45">
         <v>3</v>
       </c>
       <c r="N45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P45">
         <v>3</v>
       </c>
       <c r="Q45">
         <v>4</v>
       </c>
       <c r="R45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S45">
         <v>3</v>
       </c>
       <c r="T45">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U45">
         <v>4</v>
       </c>
       <c r="V45">
         <v>3</v>
       </c>
       <c r="W45">
         <v>3</v>
       </c>
       <c r="X45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y45">
         <v>3</v>
       </c>
       <c r="Z45">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA45">
         <v>2</v>
       </c>
       <c r="AB45">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC45">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AD45">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AE45">
         <v>3</v>
       </c>
       <c r="AF45">
         <v>3</v>
       </c>
       <c r="AG45">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH45">
         <v>3</v>
       </c>
       <c r="AI45">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>GEN</v>
       </c>
       <c r="B46" t="str">
         <v>T43</v>
       </c>
       <c r="C46">
         <v>43</v>
       </c>
       <c r="D46" t="str">
-        <v>Chris Dana</v>
+        <v>Alex Green</v>
       </c>
       <c r="E46">
         <v>0</v>
       </c>
       <c r="F46">
         <v>76</v>
       </c>
       <c r="G46">
         <v>1</v>
       </c>
       <c r="I46" t="str">
-        <v>chrisdana</v>
+        <v>mrgreen650</v>
       </c>
       <c r="J46">
         <v>0</v>
       </c>
       <c r="K46">
         <v>76</v>
       </c>
       <c r="L46">
         <v>3</v>
       </c>
       <c r="M46">
         <v>3</v>
       </c>
       <c r="N46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O46">
         <v>2</v>
       </c>
       <c r="P46">
         <v>3</v>
       </c>
       <c r="Q46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S46">
         <v>3</v>
       </c>
       <c r="T46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W46">
         <v>3</v>
       </c>
       <c r="X46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y46">
         <v>3</v>
       </c>
       <c r="Z46">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA46">
         <v>2</v>
       </c>
       <c r="AB46">
         <v>3</v>
       </c>
       <c r="AC46">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AD46">
         <v>4</v>
       </c>
       <c r="AE46">
         <v>3</v>
       </c>
       <c r="AF46">
         <v>3</v>
       </c>
       <c r="AG46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH46">
         <v>3</v>
       </c>
       <c r="AI46">
         <v>3</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>GEN</v>
       </c>
       <c r="B47" t="str">
         <v>T43</v>
       </c>
       <c r="C47">
         <v>43</v>
       </c>
       <c r="D47" t="str">
-        <v>Jade stokes</v>
+        <v>Chris Dana</v>
       </c>
       <c r="E47">
         <v>0</v>
       </c>
       <c r="F47">
         <v>76</v>
       </c>
       <c r="G47">
         <v>1</v>
       </c>
       <c r="I47" t="str">
-        <v>jadestokes</v>
+        <v>chrisdana</v>
       </c>
       <c r="J47">
         <v>0</v>
       </c>
       <c r="K47">
         <v>76</v>
       </c>
       <c r="L47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M47">
         <v>3</v>
       </c>
       <c r="N47">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O47">
         <v>2</v>
       </c>
       <c r="P47">
         <v>3</v>
       </c>
       <c r="Q47">
         <v>3</v>
       </c>
       <c r="R47">
         <v>4</v>
       </c>
       <c r="S47">
         <v>3</v>
       </c>
       <c r="T47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X47">
         <v>4</v>
       </c>
       <c r="Y47">
         <v>3</v>
       </c>
       <c r="Z47">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC47">
         <v>4</v>
       </c>
       <c r="AD47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF47">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AI47">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>GEN</v>
       </c>
       <c r="B48" t="str">
         <v>T43</v>
       </c>
       <c r="C48">
         <v>43</v>
       </c>
       <c r="D48" t="str">
-        <v xml:space="preserve">Life Gibson </v>
+        <v>Jade stokes</v>
       </c>
       <c r="E48">
         <v>0</v>
       </c>
       <c r="F48">
         <v>76</v>
       </c>
       <c r="G48">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I48" t="str">
-        <v>lifegibson</v>
+        <v>jadestokes</v>
       </c>
       <c r="J48">
         <v>0</v>
       </c>
       <c r="K48">
         <v>76</v>
       </c>
       <c r="L48">
         <v>4</v>
       </c>
       <c r="M48">
         <v>3</v>
       </c>
       <c r="N48">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q48">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R48">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S48">
         <v>3</v>
       </c>
       <c r="T48">
         <v>3</v>
       </c>
       <c r="U48">
         <v>4</v>
       </c>
       <c r="V48">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W48">
         <v>2</v>
       </c>
       <c r="X48">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y48">
         <v>3</v>
       </c>
       <c r="Z48">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB48">
         <v>4</v>
       </c>
       <c r="AC48">
         <v>4</v>
       </c>
       <c r="AD48">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE48">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF48">
         <v>2</v>
       </c>
       <c r="AG48">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH48">
         <v>4</v>
       </c>
       <c r="AI48">
         <v>2</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="str">
         <v>GEN</v>
       </c>
       <c r="B49" t="str">
         <v>T43</v>
       </c>
       <c r="C49">
         <v>43</v>
       </c>
       <c r="D49" t="str">
         <v>Raul Garcia</v>
       </c>
       <c r="E49">
         <v>0</v>
       </c>
       <c r="F49">
@@ -10563,1044 +10566,1047 @@
       </c>
       <c r="AE97">
         <v>4</v>
       </c>
       <c r="AF97">
         <v>5</v>
       </c>
       <c r="AG97">
         <v>4</v>
       </c>
       <c r="AH97">
         <v>5</v>
       </c>
       <c r="AI97">
         <v>7</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="str">
         <v>GEN</v>
       </c>
       <c r="B98" t="str">
         <v>DUP</v>
       </c>
       <c r="D98" t="str">
-        <v>Brian Henderson</v>
+        <v xml:space="preserve">Life Gibson </v>
       </c>
       <c r="E98">
-        <v>-3</v>
+        <v>4</v>
       </c>
       <c r="F98">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="G98">
         <v>1</v>
       </c>
+      <c r="H98">
+        <v>297917</v>
+      </c>
       <c r="I98" t="str">
-        <v>brian10868</v>
+        <v>lifegibson</v>
       </c>
       <c r="J98">
-        <v>-3</v>
+        <v>4</v>
       </c>
       <c r="K98">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="L98">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="M98">
         <v>3</v>
       </c>
       <c r="N98">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O98">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P98">
         <v>3</v>
       </c>
       <c r="Q98">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R98">
         <v>2</v>
       </c>
       <c r="S98">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T98">
         <v>3</v>
       </c>
       <c r="U98">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V98">
         <v>3</v>
       </c>
       <c r="W98">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X98">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y98">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z98">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA98">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB98">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC98">
         <v>3</v>
       </c>
       <c r="AD98">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE98">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF98">
         <v>3</v>
       </c>
       <c r="AG98">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AH98">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AI98">
         <v>3</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="str">
         <v>GEN</v>
       </c>
       <c r="B99" t="str">
         <v>DUP</v>
       </c>
       <c r="D99" t="str">
-        <v>Chris Basuino</v>
+        <v>Brian Henderson</v>
       </c>
       <c r="E99">
-        <v>-9</v>
+        <v>-3</v>
       </c>
       <c r="F99">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="G99">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I99" t="str">
-        <v>waldenlocal</v>
+        <v>brian10868</v>
       </c>
       <c r="J99">
-        <v>-9</v>
+        <v>-3</v>
       </c>
       <c r="K99">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="L99">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="M99">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N99">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O99">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P99">
         <v>3</v>
       </c>
       <c r="Q99">
         <v>4</v>
       </c>
       <c r="R99">
         <v>2</v>
       </c>
       <c r="S99">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T99">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U99">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V99">
         <v>3</v>
       </c>
       <c r="W99">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="X99">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y99">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z99">
         <v>3</v>
       </c>
       <c r="AA99">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB99">
         <v>2</v>
       </c>
       <c r="AC99">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD99">
         <v>2</v>
       </c>
       <c r="AE99">
         <v>2</v>
       </c>
       <c r="AF99">
         <v>3</v>
       </c>
       <c r="AG99">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AH99">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AI99">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="str">
         <v>GEN</v>
       </c>
       <c r="B100" t="str">
         <v>DUP</v>
       </c>
       <c r="D100" t="str">
-        <v>Clayton Hensley</v>
+        <v>Chris Basuino</v>
       </c>
       <c r="E100">
-        <v>2</v>
+        <v>-9</v>
       </c>
       <c r="F100">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="G100">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I100" t="str">
-        <v>chensley56</v>
+        <v>waldenlocal</v>
       </c>
       <c r="J100">
-        <v>2</v>
+        <v>-9</v>
       </c>
       <c r="K100">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="L100">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M100">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N100">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O100">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P100">
         <v>3</v>
       </c>
       <c r="Q100">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R100">
         <v>2</v>
       </c>
       <c r="S100">
         <v>3</v>
       </c>
       <c r="T100">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U100">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V100">
         <v>3</v>
       </c>
       <c r="W100">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X100">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="Y100">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z100">
         <v>3</v>
       </c>
       <c r="AA100">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB100">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC100">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD100">
         <v>2</v>
       </c>
       <c r="AE100">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF100">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG100">
         <v>2</v>
       </c>
       <c r="AH100">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AI100">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="str">
         <v>GEN</v>
       </c>
       <c r="B101" t="str">
         <v>DUP</v>
       </c>
       <c r="D101" t="str">
-        <v>Connor Henderson</v>
+        <v>Clayton Hensley</v>
       </c>
       <c r="E101">
-        <v>-9</v>
+        <v>2</v>
       </c>
       <c r="F101">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="G101">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I101" t="str">
-        <v>connorhenderson</v>
+        <v>chensley56</v>
       </c>
       <c r="J101">
-        <v>-9</v>
+        <v>2</v>
       </c>
       <c r="K101">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="L101">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M101">
         <v>3</v>
       </c>
       <c r="N101">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O101">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P101">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q101">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R101">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S101">
         <v>3</v>
       </c>
       <c r="T101">
         <v>3</v>
       </c>
       <c r="U101">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V101">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W101">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X101">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="Y101">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z101">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA101">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB101">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC101">
         <v>3</v>
       </c>
       <c r="AD101">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AE101">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF101">
         <v>2</v>
       </c>
       <c r="AG101">
         <v>2</v>
       </c>
       <c r="AH101">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AI101">
         <v>3</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="str">
         <v>GEN</v>
       </c>
       <c r="B102" t="str">
         <v>DUP</v>
       </c>
       <c r="D102" t="str">
-        <v>Dave Burnham</v>
+        <v>Connor Henderson</v>
       </c>
       <c r="E102">
-        <v>-5</v>
+        <v>-9</v>
       </c>
       <c r="F102">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G102">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I102" t="str">
-        <v>discndaveca</v>
+        <v>connorhenderson</v>
       </c>
       <c r="J102">
-        <v>-5</v>
+        <v>-9</v>
       </c>
       <c r="K102">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="L102">
         <v>3</v>
       </c>
       <c r="M102">
         <v>3</v>
       </c>
       <c r="N102">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O102">
         <v>2</v>
       </c>
       <c r="P102">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q102">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R102">
         <v>4</v>
       </c>
       <c r="S102">
         <v>3</v>
       </c>
       <c r="T102">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U102">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V102">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W102">
         <v>3</v>
       </c>
       <c r="X102">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y102">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z102">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA102">
         <v>2</v>
       </c>
       <c r="AB102">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC102">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD102">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE102">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF102">
         <v>2</v>
       </c>
       <c r="AG102">
         <v>2</v>
       </c>
       <c r="AH102">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AI102">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="str">
         <v>GEN</v>
       </c>
       <c r="B103" t="str">
         <v>DUP</v>
       </c>
       <c r="D103" t="str">
-        <v>J Michael Neal</v>
+        <v>Dave Burnham</v>
       </c>
       <c r="E103">
-        <v>6</v>
+        <v>-5</v>
       </c>
       <c r="F103">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="G103">
         <v>1</v>
       </c>
       <c r="I103" t="str">
-        <v>jmneal</v>
+        <v>discndaveca</v>
       </c>
       <c r="J103">
-        <v>6</v>
+        <v>-5</v>
       </c>
       <c r="K103">
-        <v>82</v>
+        <v>71</v>
       </c>
       <c r="L103">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M103">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N103">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="O103">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P103">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q103">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R103">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S103">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T103">
         <v>2</v>
       </c>
       <c r="U103">
         <v>4</v>
       </c>
       <c r="V103">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W103">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X103">
         <v>4</v>
       </c>
       <c r="Y103">
         <v>3</v>
       </c>
       <c r="Z103">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA103">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB103">
         <v>3</v>
       </c>
       <c r="AC103">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD103">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AE103">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF103">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG103">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH103">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AI103">
         <v>4</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="str">
         <v>GEN</v>
       </c>
       <c r="B104" t="str">
         <v>DUP</v>
       </c>
       <c r="D104" t="str">
-        <v>Jenn Cazanov-Diggs</v>
+        <v>J Michael Neal</v>
       </c>
       <c r="E104">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F104">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="G104">
         <v>1</v>
       </c>
       <c r="I104" t="str">
-        <v>jenn</v>
+        <v>jmneal</v>
       </c>
       <c r="J104">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="K104">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="L104">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M104">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N104">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="O104">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P104">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q104">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R104">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S104">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T104">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U104">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V104">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W104">
         <v>2</v>
       </c>
       <c r="X104">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="Y104">
         <v>3</v>
       </c>
       <c r="Z104">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA104">
         <v>3</v>
       </c>
       <c r="AB104">
         <v>3</v>
       </c>
       <c r="AC104">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD104">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE104">
         <v>2</v>
       </c>
       <c r="AF104">
         <v>3</v>
       </c>
       <c r="AG104">
         <v>3</v>
       </c>
       <c r="AH104">
         <v>5</v>
       </c>
       <c r="AI104">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="str">
         <v>GEN</v>
       </c>
       <c r="B105" t="str">
         <v>DUP</v>
       </c>
       <c r="D105" t="str">
-        <v>Kellan O'Connor</v>
+        <v>Jenn Cazanov-Diggs</v>
       </c>
       <c r="E105">
-        <v>-5</v>
+        <v>0</v>
       </c>
       <c r="F105">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="G105">
         <v>1</v>
       </c>
       <c r="I105" t="str">
-        <v>kellano</v>
+        <v>jenn</v>
       </c>
       <c r="J105">
-        <v>-5</v>
+        <v>0</v>
       </c>
       <c r="K105">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="L105">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M105">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N105">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O105">
         <v>2</v>
       </c>
       <c r="P105">
         <v>3</v>
       </c>
       <c r="Q105">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R105">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="S105">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T105">
         <v>3</v>
       </c>
       <c r="U105">
         <v>3</v>
       </c>
       <c r="V105">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W105">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X105">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="Y105">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z105">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AA105">
         <v>3</v>
       </c>
       <c r="AB105">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC105">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD105">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AE105">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF105">
         <v>3</v>
       </c>
       <c r="AG105">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AH105">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AI105">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="str">
         <v>GEN</v>
       </c>
       <c r="B106" t="str">
         <v>DUP</v>
       </c>
       <c r="D106" t="str">
-        <v>Leo SaeWhat</v>
+        <v>Kellan O'Connor</v>
       </c>
       <c r="E106">
-        <v>-1</v>
+        <v>-5</v>
       </c>
       <c r="F106">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G106">
         <v>1</v>
       </c>
       <c r="I106" t="str">
-        <v>caddydaddy0</v>
+        <v>kellano</v>
       </c>
       <c r="J106">
-        <v>-1</v>
+        <v>-5</v>
       </c>
       <c r="K106">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="L106">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M106">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N106">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="O106">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P106">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q106">
         <v>4</v>
       </c>
       <c r="R106">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="S106">
         <v>3</v>
       </c>
       <c r="T106">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U106">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V106">
         <v>3</v>
       </c>
       <c r="W106">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X106">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y106">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z106">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AA106">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB106">
         <v>2</v>
       </c>
       <c r="AC106">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AD106">
         <v>4</v>
       </c>
       <c r="AE106">
         <v>3</v>
       </c>
       <c r="AF106">
         <v>3</v>
       </c>
       <c r="AG106">
         <v>2</v>
       </c>
       <c r="AH106">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AI106">
         <v>3</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="str">
         <v>GEN</v>
       </c>
       <c r="B107" t="str">
         <v>DUP</v>
       </c>
       <c r="D107" t="str">
-        <v xml:space="preserve">Life Gibson </v>
+        <v>Leo SaeWhat</v>
       </c>
       <c r="E107">
-        <v>4</v>
+        <v>-1</v>
       </c>
       <c r="F107">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="G107">
         <v>1</v>
       </c>
       <c r="I107" t="str">
-        <v>lifegibson</v>
+        <v>caddydaddy0</v>
       </c>
       <c r="J107">
-        <v>4</v>
+        <v>-1</v>
       </c>
       <c r="K107">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="L107">
         <v>4</v>
       </c>
       <c r="M107">
         <v>3</v>
       </c>
       <c r="N107">
         <v>5</v>
       </c>
       <c r="O107">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P107">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q107">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R107">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="S107">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T107">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U107">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V107">
         <v>3</v>
       </c>
       <c r="W107">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X107">
         <v>4</v>
       </c>
       <c r="Y107">
         <v>3</v>
       </c>
       <c r="Z107">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AA107">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB107">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC107">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD107">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE107">
         <v>3</v>
       </c>
       <c r="AF107">
         <v>3</v>
       </c>
       <c r="AG107">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AH107">
         <v>3</v>
       </c>
       <c r="AI107">
         <v>3</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="str">
         <v>GEN</v>
       </c>
       <c r="B108" t="str">
         <v>DUP</v>
       </c>
       <c r="D108" t="str">
         <v xml:space="preserve">Luiz Celeste </v>
       </c>
       <c r="E108">
         <v>-4</v>
       </c>
       <c r="F108">
         <v>72</v>
       </c>
       <c r="G108">