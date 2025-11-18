--- v0 (2025-10-21)
+++ v1 (2025-11-18)
@@ -2499,51 +2499,51 @@
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>T24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
         <v>Budge, Jason B</v>
       </c>
       <c r="E25">
         <v>11</v>
       </c>
       <c r="F25">
         <v>65</v>
       </c>
       <c r="G25">
         <v>199025</v>
       </c>
       <c r="H25" t="str">
-        <v>budge808</v>
+        <v>dabudge808</v>
       </c>
       <c r="I25">
         <v>11</v>
       </c>
       <c r="J25">
         <v>65</v>
       </c>
       <c r="K25">
         <v>4</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
         <v>2</v>
       </c>
       <c r="O25">
         <v>5</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>