--- v1 (2025-11-18)
+++ v2 (2026-01-12)
@@ -722,50 +722,53 @@
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Life Gibson</v>
       </c>
       <c r="E4">
         <v>-1</v>
       </c>
       <c r="F4">
         <v>53</v>
       </c>
+      <c r="G4">
+        <v>297917</v>
+      </c>
       <c r="H4" t="str">
         <v>lifegibson</v>
       </c>
       <c r="I4">
         <v>-1</v>
       </c>
       <c r="J4">
         <v>53</v>
       </c>
       <c r="K4">
         <v>4</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">