--- v0 (2025-12-16)
+++ v1 (2026-03-17)
@@ -1298,51 +1298,51 @@
       </c>
       <c r="AB10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MPO</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Travis Wilson &amp; Max Burkett</v>
       </c>
       <c r="E11">
         <v>-3</v>
       </c>
       <c r="F11">
         <v>55</v>
       </c>
       <c r="H11" t="str">
-        <v>twilson,mbcic22</v>
+        <v>twilson,plaidmax</v>
       </c>
       <c r="I11">
         <v>-3</v>
       </c>
       <c r="J11">
         <v>55</v>
       </c>
       <c r="K11">
         <v>6</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>3</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>