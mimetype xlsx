--- v0 (2026-01-09)
+++ v1 (2026-01-30)
@@ -514,50 +514,53 @@
         <v>hole_8</v>
       </c>
       <c r="S1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MA2</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Benjamin Williams</v>
       </c>
       <c r="E2">
         <v>-2</v>
       </c>
       <c r="F2">
         <v>27</v>
       </c>
+      <c r="G2">
+        <v>217697</v>
+      </c>
       <c r="H2" t="str">
         <v>dragon321</v>
       </c>
       <c r="I2">
         <v>-2</v>
       </c>
       <c r="J2">
         <v>27</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>4</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
@@ -668,51 +671,51 @@
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>4</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA2</v>
       </c>
       <c r="B5" t="str">
-        <v>T4</v>
+        <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Phil C</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>29</v>
       </c>
       <c r="G5">
         <v>106094</v>
       </c>
       <c r="H5" t="str">
         <v>elite29er</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>29</v>
       </c>
@@ -727,438 +730,435 @@
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA2</v>
       </c>
       <c r="B6" t="str">
-        <v>T4</v>
+        <v>T5</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Jeff Sauer</v>
+        <v>Alex Svirbely</v>
       </c>
       <c r="E6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F6">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H6" t="str">
-        <v>goferhead</v>
+        <v>discinwithderp</v>
       </c>
       <c r="I6">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J6">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="K6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA2</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Alex Svirbely</v>
+        <v>Larry Colby</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
       <c r="F7">
         <v>30</v>
       </c>
       <c r="H7" t="str">
-        <v>discinwithderp</v>
+        <v>scarylary</v>
       </c>
       <c r="I7">
         <v>1</v>
       </c>
       <c r="J7">
         <v>30</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA2</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Larry Colby</v>
+        <v>Chip Hyde</v>
       </c>
       <c r="E8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F8">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H8" t="str">
-        <v>scarylary</v>
+        <v>chipprogrammer</v>
       </c>
       <c r="I8">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J8">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>MA2</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Chip Hyde</v>
+        <v>Johnnie Stevenson</v>
       </c>
       <c r="E9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F9">
-        <v>31</v>
+        <v>33</v>
+      </c>
+      <c r="G9">
+        <v>117399</v>
       </c>
       <c r="H9" t="str">
-        <v>chipprogrammer</v>
+        <v>johnnies100</v>
       </c>
       <c r="I9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J9">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA2</v>
       </c>
       <c r="B10" t="str">
         <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Johnnie Stevenson</v>
+        <v>Charles Dixon</v>
       </c>
       <c r="E10">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F10">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>117399</v>
+        <v>35</v>
       </c>
       <c r="H10" t="str">
-        <v>johnnies100</v>
+        <v>mango45</v>
       </c>
       <c r="I10">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J10">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Q10">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>MA2</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Charles Dixon</v>
+        <v>Eric Edwards</v>
       </c>
       <c r="E11">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F11">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="H11" t="str">
-        <v>mango45</v>
+        <v>flmang</v>
       </c>
       <c r="I11">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J11">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="K11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N11">
+        <v>4</v>
+      </c>
+      <c r="O11">
+        <v>3</v>
+      </c>
+      <c r="P11">
+        <v>4</v>
+      </c>
+      <c r="Q11">
         <v>5</v>
       </c>
-      <c r="O11">
-[...7 lines deleted...]
-      </c>
       <c r="R11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>MA2</v>
       </c>
       <c r="B12" t="str">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>DNF</v>
       </c>
       <c r="D12" t="str">
-        <v>Eric Edwards</v>
+        <v>Jeff Sauer</v>
       </c>
       <c r="E12">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="F12">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="H12" t="str">
-        <v>flmang</v>
+        <v>goferhead</v>
       </c>
       <c r="I12">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="J12">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="K12">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="L12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N12">
         <v>4</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>4</v>
       </c>
       <c r="Q12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S12">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:S12"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>